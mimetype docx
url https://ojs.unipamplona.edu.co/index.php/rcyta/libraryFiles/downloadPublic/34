--- v0 (2025-11-05)
+++ v1 (2025-11-25)
@@ -1,1990 +1,3492 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4230D70C" w14:textId="565A12BD" w:rsidR="00DC2CF1" w:rsidRPr="00015DC2" w:rsidRDefault="00C4598F" w:rsidP="00DC2CF1">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="0CDABE5C" w14:textId="77777777" w:rsidR="00043F40" w:rsidRDefault="00043F40" w:rsidP="00663229">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DCDF150" w14:textId="3EC590C2" w:rsidR="00663229" w:rsidRDefault="00663229" w:rsidP="00663229">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A884D6" w14:textId="77777777" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>DECLARACIÓN DE DERECHOS DE AUTOR Y LICENCIA DE PUBLICACIÓN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6EE95A" w14:textId="77777777" w:rsidR="00DF6297" w:rsidRPr="00DF6297" w:rsidRDefault="00DF6297" w:rsidP="00DF6297">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CFCC73B" w14:textId="36D8C89A" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00DF6297">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A la Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB">
+        <w:t>Ciencia y Tecnología Agropecuaria</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Universidad de Pamplona</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1873F2D6" w14:textId="0E6A545F" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En cumplimiento de los artículos 76 y 77 de la Ley 23 de 1982 de la República de Colombia y de los tratados internacionales sobre derechos de autor, los autores del artículo titulado “__________________________” presentamos la siguiente declaración respecto a su envío y eventual publicación en la Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB">
+        <w:t>Ciencia y Tecnología Agropecuaria</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de la Universidad de Pamplona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FDC2CD" w14:textId="77777777" w:rsidR="00E34855" w:rsidRPr="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855"/>
+    <w:p w14:paraId="3337AB66" w14:textId="77777777" w:rsidR="00E34855" w:rsidRPr="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34855">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Originalidad y exclusividad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1BAA37" w14:textId="77777777" w:rsidR="00E34855" w:rsidRPr="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B72F9C" w14:textId="42CF2947" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Declaramos que el manuscrito es original e inédito, que no ha sido publicado previamente ni se encuentra en proceso de evaluación en otra revista científica. Nos comprometemos a no someterlo a evaluación simultánea mientras esté bajo consideración de la </w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB">
+        <w:t>Revista Ciencia y Tecnología Agropecuaria</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Los autores asumimos la total responsabilidad frente a reclamaciones por plagio, violación de derechos de autor o conflictos legales derivados del contenido del artículo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373143F0" w14:textId="77777777" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855"/>
+    <w:p w14:paraId="03AA5F6C" w14:textId="3D279D3C" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34855">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43FC1" w:rsidRPr="00F43FC1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Licencia de publicación y su alcance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6720E4" w14:textId="77777777" w:rsidR="00E34855" w:rsidRPr="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1B6D81" w14:textId="69B7EE96" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En caso de aceptación para publicación, los autores otorgamos a la </w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB">
+        <w:t>Revista Ciencia y Tecnología Agropecuaria</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> una licencia no exclusiva, gratuita, de alcance global y por tiempo indefinido para reproducir, distribuir, comunicar públicamente y archivar el artículo en cualquier medio o formato, físico o digital, siempre que se reconozca adecuadamente la autoría.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB002B1" w14:textId="77777777" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74E78FCE" w14:textId="55C106A3" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E2633D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El artículo se publicará bajo la licencia </w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Creative </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Commons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reconocimiento-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NoComercial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CompartirIgual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.0 Internacional</w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>BY</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-SA 4.0</w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, que permite a terceros </w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:t>copiar, redistribuir, remezclar, transformar y crear a partir del material con fines no comerciales, siempre que</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7060D98D" w14:textId="77777777" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E2633D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60E474D4" w14:textId="70E38262" w:rsidR="00E34855" w:rsidRDefault="004C03FB" w:rsidP="00E2633D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00015DC2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="004C03FB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Se otorgue el crédito adecuado a los autores y a la revista</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34855" w:rsidRPr="00E34855">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630DD1FA" w14:textId="3958D831" w:rsidR="004C03FB" w:rsidRPr="00E34855" w:rsidRDefault="004C03FB" w:rsidP="00E2633D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C03FB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...1 lines deleted...]
-        <w:t>echa</w:t>
+        </w:rPr>
+        <w:t>Se mantengan las mismas condiciones de licencia en las obras derivadas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB4A9DB" w14:textId="77777777" w:rsidR="00DC2CF1" w:rsidRPr="00015DC2" w:rsidRDefault="00DC2CF1" w:rsidP="00DC2CF1">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="6CD3CB66" w14:textId="528659B3" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E2633D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E34855">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Los autores conservan </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9375F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">todos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E34855">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dr</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">los derechos sobre su obra y pueden utilizarla libremente en cualquier otro medio o publicación, incluyendo versiones ampliadas o traducidas, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E34855">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">siempre que se reconozca su publicación inicial en la </w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Revista Ciencia y Tecnología Agropecuaria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E34855">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ana Francisca González Pedraza</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E3350D" w14:textId="7D16B562" w:rsidR="00DC2CF1" w:rsidRPr="00015DC2" w:rsidRDefault="00DC2CF1" w:rsidP="00DC2CF1">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="7A0725E1" w14:textId="77777777" w:rsidR="00DF6297" w:rsidRPr="00E2633D" w:rsidRDefault="00DF6297" w:rsidP="00E2633D"/>
+    <w:p w14:paraId="142EFD3F" w14:textId="61538143" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6297">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6297">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Reconocimiento de c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF6297">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ompromisos de la revista</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB9A02E" w14:textId="77777777" w:rsidR="00DF6297" w:rsidRPr="00DF6297" w:rsidRDefault="00DF6297" w:rsidP="00DF6297">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C327334" w14:textId="3261AD61" w:rsidR="00DF6297" w:rsidRDefault="00DF6297" w:rsidP="00E34855">
+      <w:r>
+        <w:t>Reconozco que l</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34855">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="004C03FB" w:rsidRPr="004C03FB">
+        <w:t>Revista Ciencia y Tecnología Agropecuaria</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34855">
+        <w:t xml:space="preserve"> se compromete a:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684520BA" w14:textId="77777777" w:rsidR="004C03FB" w:rsidRDefault="004C03FB" w:rsidP="00E34855"/>
+    <w:p w14:paraId="4F41467D" w14:textId="77777777" w:rsidR="00DF6297" w:rsidRPr="00DF6297" w:rsidRDefault="00E34855" w:rsidP="00171A19">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00015DC2">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00DF6297">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Editor</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Citar adecuadamente la autoría en toda publicación o reproducción total o parcial del artículo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEC394A" w14:textId="77777777" w:rsidR="00DF6297" w:rsidRPr="00DF6297" w:rsidRDefault="00E34855" w:rsidP="00171A19">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6297">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Jefe de la Revista </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Garantizar la visibilidad y preservación digital de los trabajos mediante su inclusión en repositorios institucionales o bases de datos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B610A8" w14:textId="4FDEAEFE" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00171A19">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ciencia y Tecnología Agropecuaria</w:t>
-[...7 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6297">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Mantener su política de acceso abierto sin costo para autores ni lectores, fomentando la difusión libre del conocimiento científico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAE13C7" w14:textId="77777777" w:rsidR="00DF6297" w:rsidRPr="00DF6297" w:rsidRDefault="00DF6297" w:rsidP="00DF6297">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Facultad de </w:t>
-[...27 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3176EFAB" w14:textId="1E58940C" w:rsidR="00DC2CF1" w:rsidRPr="00015DC2" w:rsidRDefault="00DC2CF1" w:rsidP="00DC2CF1">
-[...149 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="08A9F4C5" w14:textId="77777777" w:rsidR="00E34855" w:rsidRPr="00DF6297" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6297">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Exención de responsabilidad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59EA8D33" w14:textId="77777777" w:rsidR="00DF6297" w:rsidRDefault="00DF6297" w:rsidP="00E34855"/>
+    <w:p w14:paraId="7B1FE714" w14:textId="6E905737" w:rsidR="00E34855" w:rsidRDefault="00DF6297" w:rsidP="00171A19">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Manifiesto que l</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34855">
+        <w:t>as opiniones y contenidos expresados en los artículos son responsabilidad exclusiva de los autores y no reflejan la posición de la Universidad de Pamplona ni del comité editorial de la revista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B89295" w14:textId="5D14517C" w:rsidR="00DF6297" w:rsidRPr="00DF6297" w:rsidRDefault="00E34855" w:rsidP="00171A19">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+        <w:t>En constancia, se firma la presente declaración</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6297">
+        <w:t xml:space="preserve"> a los</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6297" w:rsidRPr="00DF6297">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00171A19">
+        <w:t>XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6297">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00171A19">
+        <w:t>días</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6297" w:rsidRPr="00DF6297">
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6297">
+        <w:t xml:space="preserve">l mes de </w:t>
+      </w:r>
+      <w:r w:rsidR="00171A19">
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6297" w:rsidRPr="00DF6297">
+        <w:t xml:space="preserve"> de 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00171A19">
+        <w:t>XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6297">
+        <w:t xml:space="preserve">, Pamplona, Norte de Santander, Colombia </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F0EF57" w14:textId="2DDC4C5A" w:rsidR="00E34855" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B09F2D7" w14:textId="77777777" w:rsidR="00ED0767" w:rsidRDefault="00E34855" w:rsidP="00E34855">
+      <w:r w:rsidRPr="00ED0767">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-        <w:t>, declaramos que estamos de acuerdo con las políticas editoriales establecidas por la Revista Ciencia y Tecnología Agropecuaria de la Facultad de Ciencias Agrarias de la Universidad de Pamplona. Asimismo, cedemos los derechos de publicación de dicho manuscrito a la mencionada revista.</w:t>
+        </w:rPr>
+        <w:t>Autor 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0767">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>Firma:</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0767">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Nombre</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0767">
+        <w:t xml:space="preserve"> completo</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00ED0767">
+        <w:t>Número de i</w:t>
+      </w:r>
+      <w:r>
+        <w:t>dentificación:</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0767">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>ORCID:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Afiliación institucional:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090B01F4" w14:textId="77777777" w:rsidR="00834C77" w:rsidRPr="00834C77" w:rsidRDefault="00834C77" w:rsidP="00834C77">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1BE95968" w14:textId="44E99126" w:rsidR="00ED0767" w:rsidRDefault="00ED0767" w:rsidP="00E34855">
+      <w:r>
+        <w:t>Correo institucional:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34855">
+        <w:br/>
+        <w:t>Dirección de correspondencia:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34855">
+        <w:br/>
+        <w:t>Teléfono:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0656A564" w14:textId="77777777" w:rsidR="00834C77" w:rsidRPr="00834C77" w:rsidRDefault="00834C77" w:rsidP="00834C77">
-[...14 lines deleted...]
-        <w:t>Aceptamos que este manuscrito es original y que no ha sido sometido, ni publicado total ni parcialmente en otra revista o cualquier otro medio de difusión. Hemos leído y aprobado el contenido del mismo, redactado de acuerdo con las Instrucciones para los Autores de la revista Ciencia y Tecnología Agropecuaria.</w:t>
+    <w:p w14:paraId="6ED4EC84" w14:textId="77777777" w:rsidR="00ED0767" w:rsidRDefault="00ED0767" w:rsidP="00E34855"/>
+    <w:p w14:paraId="4132E3B9" w14:textId="77777777" w:rsidR="00ED0767" w:rsidRDefault="00ED0767" w:rsidP="00E34855"/>
+    <w:p w14:paraId="698CBF49" w14:textId="77777777" w:rsidR="00ED0767" w:rsidRDefault="00ED0767" w:rsidP="00ED0767">
+      <w:r w:rsidRPr="00ED0767">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autor </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0767">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0767">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Firma: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Nombre completo:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">Número de identificación: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>ORCID:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Afiliación institucional:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4513A633" w14:textId="77777777" w:rsidR="00834C77" w:rsidRPr="00834C77" w:rsidRDefault="00834C77" w:rsidP="00834C77">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="58570E77" w14:textId="49DD336E" w:rsidR="00ED0767" w:rsidRDefault="00ED0767" w:rsidP="00ED0767">
+      <w:r>
+        <w:t>Correo institucional:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Dirección de correspondencia:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Teléfono:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1DDBC733" w14:textId="77777777" w:rsidR="00834C77" w:rsidRPr="00834C77" w:rsidRDefault="00834C77" w:rsidP="00834C77">
-[...101 lines deleted...]
-        <w:t>. Aceptamos el veredicto del arbitraje y la decisión editorial.</w:t>
+    <w:p w14:paraId="631AA6DC" w14:textId="1ED2D867" w:rsidR="00E34855" w:rsidRDefault="00ED0767" w:rsidP="00ED0767">
+      <w:r>
+        <w:t xml:space="preserve">Correo </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E34855">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E34855">
+        <w:br/>
+        <w:t>(Repetir formato</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6297">
+        <w:t xml:space="preserve"> de firma</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34855">
+        <w:t xml:space="preserve"> para cada autor)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34855">
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1375ACBF" w14:textId="77777777" w:rsidR="00834C77" w:rsidRPr="00834C77" w:rsidRDefault="00834C77" w:rsidP="00834C77">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="7145C9E7" w14:textId="6C476C27" w:rsidR="00663229" w:rsidRDefault="00663229" w:rsidP="00663229">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2470DE3A" w14:textId="77777777" w:rsidR="00834C77" w:rsidRPr="00834C77" w:rsidRDefault="00834C77" w:rsidP="00834C77">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6EDBBABB" w14:textId="77777777" w:rsidR="001743D8" w:rsidRPr="006F42F5" w:rsidRDefault="001743D8" w:rsidP="006F42F5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5685"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B7099D3" w14:textId="77777777" w:rsidR="001C55BB" w:rsidRPr="00015DC2" w:rsidRDefault="001C55BB" w:rsidP="00DC2CF1">
-[...1066 lines deleted...]
-      <w:cols w:space="708"/>
+    <w:sectPr w:rsidR="001743D8" w:rsidRPr="006F42F5" w:rsidSect="00250B70">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
+      <w:pgMar w:top="1418" w:right="1588" w:bottom="1361" w:left="1588" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="788"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="13C04118" w14:textId="77777777" w:rsidR="005D4533" w:rsidRDefault="005D4533">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4CFB6C0B" w14:textId="77777777" w:rsidR="005D4533" w:rsidRDefault="005D4533">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="09A700BB" w14:textId="77777777" w:rsidR="0018046C" w:rsidRDefault="0018046C" w:rsidP="00EE5F24">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="66D3B669" w14:textId="77777777" w:rsidR="0018046C" w:rsidRDefault="0018046C">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="094A19B1" w14:textId="77777777" w:rsidR="0018046C" w:rsidRPr="0018046C" w:rsidRDefault="0018046C" w:rsidP="00DF54D6">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="11296" w:y="67"/>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0018046C">
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="0018046C">
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="0018046C">
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00583026">
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0018046C">
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="69EB4307" w14:textId="43A238D8" w:rsidR="0018046C" w:rsidRPr="00770B50" w:rsidRDefault="0018046C" w:rsidP="00770B50">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7DCEBA1C" w14:textId="77777777" w:rsidR="005D4533" w:rsidRDefault="005D4533">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2B120111" w14:textId="77777777" w:rsidR="005D4533" w:rsidRDefault="005D4533">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3FB689D9" w14:textId="193201C0" w:rsidR="001705F2" w:rsidRDefault="001705F2" w:rsidP="00F42AB4">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4252"/>
+        <w:tab w:val="clear" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="41A2187D" w14:textId="1369DD41" w:rsidR="00B07879" w:rsidRPr="009A1484" w:rsidRDefault="004C03FB" w:rsidP="000F2F2C">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4252"/>
+        <w:tab w:val="clear" w:pos="8504"/>
+        <w:tab w:val="left" w:pos="6154"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F59BD76" wp14:editId="331A5815">
+          <wp:extent cx="5756910" cy="1100455"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:docPr id="1" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Imagen 1"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5756910" cy="1100455"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="000F2F2C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E4089024"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="043C2982"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AAB67EA"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C32862AE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="[%1]"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="157559B0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="05EC8FC8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="171A7904"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF9C1D42"/>
+    <w:lvl w:ilvl="0" w:tplc="240A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BB17BB9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="63E848CE"/>
+    <w:lvl w:ilvl="0" w:tplc="240A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F8F77CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A904A6FA"/>
+    <w:lvl w:ilvl="0" w:tplc="D598D9CA">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BE5356A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ECBC7E20"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F947D7E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="484AC6BE"/>
+    <w:lvl w:ilvl="0" w:tplc="240A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="240A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="240A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="240A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="240A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DF8240C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3B30EEBC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CC97A8F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="51823B8A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="[%1]"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="990" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Ttulo2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Ttulo3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Ttulo4"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Ttulo5"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Ttulo6"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Ttulo7"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Ttulo8"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Ttulo9"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53B34DB3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="48BCC804"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D055877"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2162FE22"/>
+    <w:lvl w:ilvl="0" w:tplc="240A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DFC4E16"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C1EE383C"/>
+    <w:lvl w:ilvl="0" w:tplc="240A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="240A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="240A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="240A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="240A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AAA39A3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CD96A7CE"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B270DEA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ECBC7E20"/>
+    <w:lvl w:ilvl="0" w:tplc="F9388048">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CAD7CE8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6BD8B35C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="130"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DC2CF1"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00EC62EF"/>
+    <w:rsidRoot w:val="008A5542"/>
+    <w:rsid w:val="00004116"/>
+    <w:rsid w:val="0001036A"/>
+    <w:rsid w:val="00010BB8"/>
+    <w:rsid w:val="00015070"/>
+    <w:rsid w:val="00016D76"/>
+    <w:rsid w:val="00043F40"/>
+    <w:rsid w:val="000610F3"/>
+    <w:rsid w:val="00070CFA"/>
+    <w:rsid w:val="00075788"/>
+    <w:rsid w:val="00080F8A"/>
+    <w:rsid w:val="0008248C"/>
+    <w:rsid w:val="000A2543"/>
+    <w:rsid w:val="000B26D3"/>
+    <w:rsid w:val="000F1920"/>
+    <w:rsid w:val="000F2F2C"/>
+    <w:rsid w:val="000F57D6"/>
+    <w:rsid w:val="000F6BEE"/>
+    <w:rsid w:val="001268BD"/>
+    <w:rsid w:val="0013434D"/>
+    <w:rsid w:val="00137073"/>
+    <w:rsid w:val="00140997"/>
+    <w:rsid w:val="0016047A"/>
+    <w:rsid w:val="001705F2"/>
+    <w:rsid w:val="00171A19"/>
+    <w:rsid w:val="0017352C"/>
+    <w:rsid w:val="001743D8"/>
+    <w:rsid w:val="00175B81"/>
+    <w:rsid w:val="00175E1D"/>
+    <w:rsid w:val="0018046C"/>
+    <w:rsid w:val="001C7655"/>
+    <w:rsid w:val="001E4996"/>
+    <w:rsid w:val="002064C7"/>
+    <w:rsid w:val="00226079"/>
+    <w:rsid w:val="00226AE2"/>
+    <w:rsid w:val="002434D9"/>
+    <w:rsid w:val="00250B70"/>
+    <w:rsid w:val="00266A92"/>
+    <w:rsid w:val="00273725"/>
+    <w:rsid w:val="00286F62"/>
+    <w:rsid w:val="0029678A"/>
+    <w:rsid w:val="002C51CA"/>
+    <w:rsid w:val="002D356B"/>
+    <w:rsid w:val="002E1735"/>
+    <w:rsid w:val="002E5C56"/>
+    <w:rsid w:val="0031657E"/>
+    <w:rsid w:val="0032401B"/>
+    <w:rsid w:val="00335A17"/>
+    <w:rsid w:val="00335EA4"/>
+    <w:rsid w:val="003519AC"/>
+    <w:rsid w:val="00360C3E"/>
+    <w:rsid w:val="00367C95"/>
+    <w:rsid w:val="00370937"/>
+    <w:rsid w:val="00393050"/>
+    <w:rsid w:val="003A2813"/>
+    <w:rsid w:val="003A5B68"/>
+    <w:rsid w:val="003B1C67"/>
+    <w:rsid w:val="003B2779"/>
+    <w:rsid w:val="003E0671"/>
+    <w:rsid w:val="00406314"/>
+    <w:rsid w:val="00414368"/>
+    <w:rsid w:val="00414389"/>
+    <w:rsid w:val="00462389"/>
+    <w:rsid w:val="00480FDB"/>
+    <w:rsid w:val="00490067"/>
+    <w:rsid w:val="00491B1C"/>
+    <w:rsid w:val="00493ECC"/>
+    <w:rsid w:val="004A07E8"/>
+    <w:rsid w:val="004B7B76"/>
+    <w:rsid w:val="004C03FB"/>
+    <w:rsid w:val="004C0518"/>
+    <w:rsid w:val="005214D0"/>
+    <w:rsid w:val="005509A4"/>
+    <w:rsid w:val="0057762B"/>
+    <w:rsid w:val="00583026"/>
+    <w:rsid w:val="005A2C9C"/>
+    <w:rsid w:val="005D3D9F"/>
+    <w:rsid w:val="005D4533"/>
+    <w:rsid w:val="005D468D"/>
+    <w:rsid w:val="005E43D8"/>
+    <w:rsid w:val="0060789F"/>
+    <w:rsid w:val="006209B7"/>
+    <w:rsid w:val="00663229"/>
+    <w:rsid w:val="00684FAB"/>
+    <w:rsid w:val="006866D4"/>
+    <w:rsid w:val="006961D7"/>
+    <w:rsid w:val="006A5C7A"/>
+    <w:rsid w:val="006A6FE8"/>
+    <w:rsid w:val="006A7536"/>
+    <w:rsid w:val="006D52B4"/>
+    <w:rsid w:val="006D5CAA"/>
+    <w:rsid w:val="006E1BE1"/>
+    <w:rsid w:val="006E3721"/>
+    <w:rsid w:val="006F12B3"/>
+    <w:rsid w:val="006F2CB0"/>
+    <w:rsid w:val="006F42F5"/>
+    <w:rsid w:val="006F7E4F"/>
+    <w:rsid w:val="0071425D"/>
+    <w:rsid w:val="007252A5"/>
+    <w:rsid w:val="0073014F"/>
+    <w:rsid w:val="00740DEB"/>
+    <w:rsid w:val="0075016C"/>
+    <w:rsid w:val="00755752"/>
+    <w:rsid w:val="00760CBC"/>
+    <w:rsid w:val="00764306"/>
+    <w:rsid w:val="007675A9"/>
+    <w:rsid w:val="00770B50"/>
+    <w:rsid w:val="00772297"/>
+    <w:rsid w:val="00784297"/>
+    <w:rsid w:val="007B546F"/>
+    <w:rsid w:val="007C1A61"/>
+    <w:rsid w:val="007C28CA"/>
+    <w:rsid w:val="007C7B72"/>
+    <w:rsid w:val="007D6E30"/>
+    <w:rsid w:val="007E0336"/>
+    <w:rsid w:val="00812194"/>
+    <w:rsid w:val="0082561F"/>
+    <w:rsid w:val="00826B00"/>
+    <w:rsid w:val="00833DD0"/>
+    <w:rsid w:val="00847C29"/>
+    <w:rsid w:val="00850332"/>
+    <w:rsid w:val="00856248"/>
+    <w:rsid w:val="00896E30"/>
+    <w:rsid w:val="008A4446"/>
+    <w:rsid w:val="008A5542"/>
+    <w:rsid w:val="008B3F5F"/>
+    <w:rsid w:val="008B4972"/>
+    <w:rsid w:val="008B712A"/>
+    <w:rsid w:val="008B7CF0"/>
+    <w:rsid w:val="008C2D03"/>
+    <w:rsid w:val="008C3A43"/>
+    <w:rsid w:val="008C4F18"/>
+    <w:rsid w:val="008D04A7"/>
+    <w:rsid w:val="008D6AD8"/>
+    <w:rsid w:val="008E0995"/>
+    <w:rsid w:val="008E3383"/>
+    <w:rsid w:val="008E36B6"/>
+    <w:rsid w:val="008F48ED"/>
+    <w:rsid w:val="00903073"/>
+    <w:rsid w:val="009275D4"/>
+    <w:rsid w:val="00952A37"/>
+    <w:rsid w:val="009641EF"/>
+    <w:rsid w:val="009669CC"/>
+    <w:rsid w:val="009721B9"/>
+    <w:rsid w:val="00991574"/>
+    <w:rsid w:val="009A1484"/>
+    <w:rsid w:val="009D4251"/>
+    <w:rsid w:val="009F340A"/>
+    <w:rsid w:val="009F5B2A"/>
+    <w:rsid w:val="009F6919"/>
+    <w:rsid w:val="00A42D58"/>
+    <w:rsid w:val="00A45A15"/>
+    <w:rsid w:val="00A53463"/>
+    <w:rsid w:val="00A60C2D"/>
+    <w:rsid w:val="00A66D61"/>
+    <w:rsid w:val="00A7592E"/>
+    <w:rsid w:val="00A93EC4"/>
+    <w:rsid w:val="00AA3F1A"/>
+    <w:rsid w:val="00AB78AF"/>
+    <w:rsid w:val="00AE7F0E"/>
+    <w:rsid w:val="00B07879"/>
+    <w:rsid w:val="00B303F9"/>
+    <w:rsid w:val="00B404DA"/>
+    <w:rsid w:val="00B511FD"/>
+    <w:rsid w:val="00B67598"/>
+    <w:rsid w:val="00BA6507"/>
+    <w:rsid w:val="00BB3E6F"/>
+    <w:rsid w:val="00BC1065"/>
+    <w:rsid w:val="00BC30DD"/>
+    <w:rsid w:val="00BC4ED0"/>
+    <w:rsid w:val="00C0128F"/>
+    <w:rsid w:val="00C01BF0"/>
+    <w:rsid w:val="00C45033"/>
+    <w:rsid w:val="00C82772"/>
+    <w:rsid w:val="00C86396"/>
+    <w:rsid w:val="00C9375F"/>
+    <w:rsid w:val="00C95D9C"/>
+    <w:rsid w:val="00CA0905"/>
+    <w:rsid w:val="00CA2ADF"/>
+    <w:rsid w:val="00CD488E"/>
+    <w:rsid w:val="00CF156F"/>
+    <w:rsid w:val="00CF52BB"/>
+    <w:rsid w:val="00D646C2"/>
+    <w:rsid w:val="00D80443"/>
+    <w:rsid w:val="00D81AB8"/>
+    <w:rsid w:val="00DA525F"/>
+    <w:rsid w:val="00DD41C4"/>
+    <w:rsid w:val="00DD55A1"/>
+    <w:rsid w:val="00DE4082"/>
+    <w:rsid w:val="00DE50EA"/>
+    <w:rsid w:val="00DF480F"/>
+    <w:rsid w:val="00DF54D6"/>
+    <w:rsid w:val="00DF6297"/>
+    <w:rsid w:val="00E01B9E"/>
+    <w:rsid w:val="00E161B1"/>
+    <w:rsid w:val="00E23FF4"/>
+    <w:rsid w:val="00E26124"/>
+    <w:rsid w:val="00E2633D"/>
+    <w:rsid w:val="00E34855"/>
+    <w:rsid w:val="00E53B1E"/>
+    <w:rsid w:val="00E54CA1"/>
+    <w:rsid w:val="00E60AE9"/>
+    <w:rsid w:val="00E653C5"/>
+    <w:rsid w:val="00E825F0"/>
+    <w:rsid w:val="00E93B75"/>
+    <w:rsid w:val="00EB10FE"/>
+    <w:rsid w:val="00ED0767"/>
+    <w:rsid w:val="00EE5F24"/>
+    <w:rsid w:val="00F1338B"/>
+    <w:rsid w:val="00F1619B"/>
+    <w:rsid w:val="00F42AB4"/>
+    <w:rsid w:val="00F43FC1"/>
+    <w:rsid w:val="00F62A52"/>
+    <w:rsid w:val="00F73D5A"/>
+    <w:rsid w:val="00F91BB1"/>
+    <w:rsid w:val="00F960A8"/>
+    <w:rsid w:val="00F97C87"/>
+    <w:rsid w:val="00FB2B8D"/>
+    <w:rsid w:val="00FB7D04"/>
+    <w:rsid w:val="00FD2512"/>
+    <w:rsid w:val="00FE1F4B"/>
+    <w:rsid w:val="00FE3F33"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{D9ADFF6E-CA4C-4DE3-A1B5-3A8E790E9814}"/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="4E754F95"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{42584967-CD7F-46CD-871F-F8EF834758ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-CO" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...1 lines deleted...]
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...92 lines deleted...]
-    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -2133,289 +3635,926 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008A5542"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002E5C56"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="60"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002E5C56"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002E5C56"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo5Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002E5C56"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo6Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002E5C56"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo7Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002E5C56"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo8Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002E5C56"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo9Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002E5C56"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="008A5542"/>
+    <w:rPr>
+      <w:color w:val="FF3300"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="008A5542"/>
+    <w:pPr>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textoennegrita">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="008A5542"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="nfasis">
+    <w:name w:val="Emphasis"/>
+    <w:qFormat/>
+    <w:rsid w:val="008A5542"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0018046C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0018046C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nmerodepgina">
+    <w:name w:val="page number"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00731794"/>
+    <w:rsid w:val="0018046C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoconsangra">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E54CA1"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:ind w:left="200" w:hanging="200"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PalabrasClaveCar">
+    <w:name w:val="Palabras Clave Car"/>
+    <w:rsid w:val="00E54CA1"/>
+    <w:rPr>
+      <w:b/>
+      <w:noProof w:val="0"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
     <w:name w:val="Mención sin resolver1"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00731794"/>
+    <w:rsid w:val="001C7655"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E53B1E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00226079"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-419" w:eastAsia="es-419"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BC1065"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002E5C56"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002E5C56"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002E5C56"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
+    <w:name w:val="Título 5 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002E5C56"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
+    <w:name w:val="Título 6 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002E5C56"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
+    <w:name w:val="Título 7 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002E5C56"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
+    <w:name w:val="Título 8 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002E5C56"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
+    <w:name w:val="Título 9 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002E5C56"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
-    <w:uiPriority w:val="39"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="007B546F"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B67598"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MTDisplayEquation">
+    <w:name w:val="MTDisplayEquation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="MTDisplayEquationCar"/>
+    <w:rsid w:val="00B67598"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="2080"/>
+        <w:tab w:val="right" w:pos="4140"/>
+      </w:tabs>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-CO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MTDisplayEquationCar">
+    <w:name w:val="MTDisplayEquation Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="MTDisplayEquation"/>
+    <w:rsid w:val="00B67598"/>
+    <w:rPr>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00755752"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sinespaciado">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00755752"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="150953790">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="197668264">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="745035355">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="242765962">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2119908160">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="342825073">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="217936347">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="799423299">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="862398971">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="259408985">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1212496054">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1558320946">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2522,87 +4661,108 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1300</Characters>
+  <Pages>3</Pages>
+  <Words>482</Words>
+  <Characters>2839</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>88</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>INDICACIONES Y RECOMENDACIONES PARA LA PRESENTACIÓN DE ARTÍCULOS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Toshiba</Company>
+  <Company>UP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1533</CharactersWithSpaces>
+  <CharactersWithSpaces>3293</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>4980771</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://uem.es/binaria/monograficos/archivos_monograficos/wolfgang_franta_espanol.pdf. (10</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>AG</dc:creator>
+  <dc:title>INDICACIONES Y RECOMENDACIONES PARA LA PRESENTACIÓN DE ARTÍCULOS</dc:title>
+  <dc:subject/>
+  <dc:creator>UP</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
+    <vt:bool>true</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>c3b305da-69ab-4f5a-a316-eeb3812543c7</vt:lpwstr>
+  </property>
+</Properties>
+</file>