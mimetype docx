--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -8,51 +8,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="727B1CD2" w14:textId="063AF47F" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="009F6919" w:rsidP="00E54CA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EC25487" wp14:editId="502751C8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3921011</wp:posOffset>
                 </wp:positionH>
@@ -104,52 +104,86 @@
                           <w:p w14:paraId="2BAE52D4" w14:textId="77777777" w:rsidR="009F6919" w:rsidRPr="007B546F" w:rsidRDefault="009F6919" w:rsidP="009F6919">
                             <w:pPr>
                               <w:pStyle w:val="Default"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="6654"/>
                               </w:tabs>
                               <w:ind w:left="-36"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                                 <w:lang w:val="es-CO"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AE7F0E">
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                                 <w:lang w:val="es-CO"/>
                               </w:rPr>
-                              <w:t>Digital Object Identiﬁer</w:t>
+                              <w:t xml:space="preserve">Digital </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE7F0E">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="13"/>
+                                <w:szCs w:val="13"/>
+                                <w:lang w:val="es-CO"/>
+                              </w:rPr>
+                              <w:t>Object</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE7F0E">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="13"/>
+                                <w:szCs w:val="13"/>
+                                <w:lang w:val="es-CO"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE7F0E">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="13"/>
+                                <w:szCs w:val="13"/>
+                                <w:lang w:val="es-CO"/>
+                              </w:rPr>
+                              <w:t>Identiﬁer</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                                 <w:lang w:val="es-CO"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007B546F">
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                                 <w:lang w:val="es-CO"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 10.24054/</w:t>
                             </w:r>
                             <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="007B546F">
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
@@ -179,80 +213,114 @@
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="1EC25487" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:308.75pt;margin-top:-13.85pt;width:150.4pt;height:17.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCylLnY8QEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG1UWjZqulq6KkJa&#10;WKSFD3AcJ7FwPGbsNilfz9jpdqvlhsjB8mTsN/PePG9ux96wo0KvwZZ8MZtzpqyEWtu25D++7999&#10;4MwHYWthwKqSn5Tnt9u3bzaDK1QOHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlZAPYi0AhtlmNYiD0&#10;3mT5fL7KBsDaIUjlPf29n5J8m/CbRsnw2DReBWZKTr2FtGJaq7hm240oWhSu0/LchviHLnqhLRW9&#10;QN2LINgB9V9QvZYIHpowk9Bn0DRaqsSB2Czmr9g8dcKpxIXE8e4ik/9/sPLr8cl9QxbGjzDSABMJ&#10;7x5A/vTMwq4TtlV3iDB0StRUeBElywbni/PVKLUvfASphi9Q05DFIUACGhvsoyrEkxE6DeB0EV2N&#10;gclY8mZBzFecScrl+Wq9nkqI4vm2Qx8+KehZ3JQcaagJXRwffIjdiOL5SCzmweh6r41JAbbVziA7&#10;CjLAPn2JwKtjxsbDFuK1CTH+STQjs4ljGKuRkpFuBfWJCCNMhqIHQJsO8DdnA5mp5P7XQaDizHy2&#10;JNrNYrmM7kvB8v06pwCvM9V1RlhJUCUPnE3bXZgce3Co244qTWOycEdCNzpp8NLVuW8yTJLmbO7o&#10;yOs4nXp5gts/AAAA//8DAFBLAwQUAAYACAAAACEAUinVrN8AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyP0U6DQBBF3038h8008cW0C9WyFBkaNdH42toPGGALpOwsYbeF/r3rkz5O7sm9Z/LdbHpx&#10;1aPrLCPEqwiE5srWHTcIx++PZQrCeeKaessa4aYd7Ir7u5yy2k6819eDb0QoYZcRQuv9kEnpqlYb&#10;cis7aA7ZyY6GfDjHRtYjTaHc9HIdRYk01HFYaGnQ762uzoeLQTh9TY+b7VR++qPaPydv1KnS3hAf&#10;FvPrCwivZ/8Hw69+UIciOJX2wrUTPUISq01AEZZrpUAEYhunTyBKhDQCWeTy/wfFDwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCylLnY8QEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBSKdWs3wAAAAkBAAAPAAAAAAAAAAAAAAAAAEsEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:308.75pt;margin-top:-13.85pt;width:150.4pt;height:17.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQPgVuBAIAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06MLFmNOEWXIsOA&#10;bh3Q7gNkWbaFyaJGKbGzrx8lp1nQ3YbpIIgi9cj3SG1ux96wo0KvwZZ8MZtzpqyEWtu25N+f9+8+&#10;cOaDsLUwYFXJT8rz2+3bN5vBFSqHDkytkBGI9cXgSt6F4Ios87JTvfAzcMqSswHsRSAT26xGMRB6&#10;b7J8Pl9lA2DtEKTynm7vJyffJvymUTI8No1XgZmSU20h7Zj2Ku7ZdiOKFoXrtDyXIf6hil5oS0kv&#10;UPciCHZA/RdUryWChybMJPQZNI2WKnEgNov5KzZPnXAqcSFxvLvI5P8frPx6/IZM1yVfcmZFTy16&#10;VmNgH2FkeVRncL6goCdHYWGka+pyYurdA8gfnlnYdcK26g4Rhk6JmqpbxJfZ1dMJx0eQavgCNaUR&#10;hwAJaGywj9KRGIzQqUunS2diKTKmvFmQPCvOJPnyfLVeTylE8fLaoQ+fFPQsHkqO1PmELo4PPsRq&#10;RPESEpN5MLrea2OSgW21M8iOgqZkn1Yi8CrM2BhsIT6bEONNohmZTRzDWI1n2SqoT0QYYZo6+iV0&#10;6AB/cTbQxJXc/zwIVJyZz5ZEu1ksl3FEk7F8v87JwGtPde0RVhJUyQNn03EXprE+ONRtR5mmNlm4&#10;I6EbnTSIHZmqOtdNU5WkOf+AOLbXdor680+3vwEAAP//AwBQSwMEFAAGAAgAAAAhAFIp1azfAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FOg0AQRd9N/IfNNPHFtAvVshQZGjXR+NraDxhgC6Ts&#10;LGG3hf6965M+Tu7JvWfy3Wx6cdWj6ywjxKsIhObK1h03CMfvj2UKwnnimnrLGuGmHeyK+7ucstpO&#10;vNfXg29EKGGXEULr/ZBJ6apWG3IrO2gO2cmOhnw4x0bWI02h3PRyHUWJNNRxWGhp0O+trs6Hi0E4&#10;fU2Pm+1Ufvqj2j8nb9Sp0t4QHxbz6wsIr2f/B8OvflCHIjiV9sK1Ez1CEqtNQBGWa6VABGIbp08g&#10;SoQ0Alnk8v8HxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUD4FbgQCAADvAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUinVrN8AAAAJAQAA&#10;DwAAAAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2BAE52D4" w14:textId="77777777" w:rsidR="009F6919" w:rsidRPr="007B546F" w:rsidRDefault="009F6919" w:rsidP="009F6919">
                       <w:pPr>
                         <w:pStyle w:val="Default"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="6654"/>
                         </w:tabs>
                         <w:ind w:left="-36"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                           <w:lang w:val="es-CO"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AE7F0E">
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                           <w:lang w:val="es-CO"/>
                         </w:rPr>
-                        <w:t>Digital Object Identiﬁer</w:t>
+                        <w:t xml:space="preserve">Digital </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE7F0E">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="13"/>
+                          <w:szCs w:val="13"/>
+                          <w:lang w:val="es-CO"/>
+                        </w:rPr>
+                        <w:t>Object</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE7F0E">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="13"/>
+                          <w:szCs w:val="13"/>
+                          <w:lang w:val="es-CO"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE7F0E">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="13"/>
+                          <w:szCs w:val="13"/>
+                          <w:lang w:val="es-CO"/>
+                        </w:rPr>
+                        <w:t>Identiﬁer</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                           <w:lang w:val="es-CO"/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007B546F">
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                           <w:lang w:val="es-CO"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 10.24054/</w:t>
                       </w:r>
                       <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="007B546F">
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
@@ -301,92 +369,103 @@
     </w:p>
     <w:p w14:paraId="6241F13B" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00E54CA1" w:rsidP="00F42AB4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00462389" w14:paraId="60820621" w14:textId="77777777" w:rsidTr="00C01BF0">
+      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00036ED8" w14:paraId="60820621" w14:textId="77777777" w:rsidTr="00C01BF0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52A35F0B" w14:textId="64BEE04F" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00343C55" w:rsidP="00226079">
+          <w:p w14:paraId="52A35F0B" w14:textId="64BEE04F" w:rsidR="00E54CA1" w:rsidRPr="000D22A1" w:rsidRDefault="00343C55" w:rsidP="00226079">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00343C55">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
-                <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colombian Journal of Advanced Technologies indications for </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Paperson</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="773217B8" w14:textId="372FF305" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00E54CA1" w:rsidP="009F6919">
+    <w:p w14:paraId="773217B8" w14:textId="372FF305" w:rsidR="00E54CA1" w:rsidRPr="000D22A1" w:rsidRDefault="00E54CA1" w:rsidP="009F6919">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7576"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E54CA1" w:rsidRPr="00462389" w14:paraId="33049D84" w14:textId="77777777" w:rsidTr="00EE5F24">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
@@ -429,98 +508,142 @@
     </w:p>
     <w:p w14:paraId="66DE8624" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00E54CA1" w:rsidP="00E54CA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00462389" w14:paraId="09D6AC3F" w14:textId="77777777" w:rsidTr="00EE5F24">
+      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00036ED8" w14:paraId="09D6AC3F" w14:textId="77777777" w:rsidTr="00EE5F24">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01CD02F3" w14:textId="38973E7B" w:rsidR="00F91BB1" w:rsidRPr="00462389" w:rsidRDefault="00A66D61" w:rsidP="00EE5F24">
+          <w:p w14:paraId="01CD02F3" w14:textId="38973E7B" w:rsidR="00F91BB1" w:rsidRPr="000D22A1" w:rsidRDefault="00A66D61" w:rsidP="00EE5F24">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MSc.</w:t>
             </w:r>
-            <w:r w:rsidR="00E54CA1" w:rsidRPr="00462389">
+            <w:r w:rsidR="00E54CA1" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F523E2" w:rsidRPr="00F523E2">
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Author1 Firstname Lastname </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Author1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Firstname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Lastname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E53B1E" w:rsidRPr="00462389">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="639457BF" wp14:editId="3E8D9BFF">
                   <wp:extent cx="112178" cy="108000"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
                   <wp:docPr id="426397055" name="Imagen 426397055"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="426397055" name="Imagen 426397055"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
@@ -536,120 +659,144 @@
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="112178" cy="108000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidR="00E53B1E" w:rsidRPr="00462389">
+            <w:r w:rsidR="00E53B1E" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00140997" w:rsidRPr="00462389">
+            <w:r w:rsidR="00140997" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ing</w:t>
             </w:r>
-            <w:r w:rsidR="00140997" w:rsidRPr="00462389">
+            <w:r w:rsidR="00140997" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00F523E2" w:rsidRPr="00F523E2">
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Author2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2" w:rsidRPr="00F523E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Firstname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> Firstname Lastname </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Lastname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E53B1E" w:rsidRPr="00462389">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78890B92" wp14:editId="59A66997">
                   <wp:extent cx="112178" cy="108000"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
                   <wp:docPr id="336208652" name="Imagen 336208652"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="336208652" name="Imagen 336208652"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
@@ -665,122 +812,146 @@
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="112178" cy="108000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidR="00E53B1E" w:rsidRPr="00462389">
+            <w:r w:rsidR="00E53B1E" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30F6DF06" w14:textId="72EA8567" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00A66D61" w:rsidP="00EE5F24">
+          <w:p w14:paraId="30F6DF06" w14:textId="72EA8567" w:rsidR="00E54CA1" w:rsidRPr="000D22A1" w:rsidRDefault="00A66D61" w:rsidP="00EE5F24">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PhD</w:t>
             </w:r>
-            <w:r w:rsidR="00140997" w:rsidRPr="00462389">
+            <w:r w:rsidR="00140997" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00F523E2" w:rsidRPr="00F523E2">
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Author2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2" w:rsidRPr="00F523E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Firstname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> Firstname Lastname </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Lastname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E53B1E" w:rsidRPr="00462389">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F17E231" wp14:editId="602DAB88">
                   <wp:extent cx="112178" cy="108000"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
                   <wp:docPr id="19" name="Imagen 19"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="19" name="Imagen 19"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
@@ -796,881 +967,933 @@
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="112178" cy="108000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidR="00E53B1E" w:rsidRPr="00462389">
+            <w:r w:rsidR="00E53B1E" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B9AA6CF" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00E54CA1" w:rsidP="00E54CA1">
+    <w:p w14:paraId="0B9AA6CF" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="000D22A1" w:rsidRDefault="00E54CA1" w:rsidP="00E54CA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00462389" w14:paraId="7A2B8017" w14:textId="77777777" w:rsidTr="00EE5F24">
+      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00036ED8" w14:paraId="7A2B8017" w14:textId="77777777" w:rsidTr="00EE5F24">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CABB17E" w14:textId="051DAD81" w:rsidR="00A66D61" w:rsidRPr="00BA6507" w:rsidRDefault="00E53B1E" w:rsidP="009F340A">
+          <w:p w14:paraId="1CABB17E" w14:textId="051DAD81" w:rsidR="00A66D61" w:rsidRPr="000D22A1" w:rsidRDefault="00E53B1E" w:rsidP="009F340A">
             <w:pPr>
               <w:ind w:right="-113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA6507">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00140997" w:rsidRPr="00BA6507">
+            <w:r w:rsidR="00140997" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00412C1D" w:rsidRPr="00412C1D">
+            <w:r w:rsidR="00412C1D" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Institution 1</w:t>
             </w:r>
-            <w:r w:rsidR="00140997" w:rsidRPr="00BA6507">
+            <w:r w:rsidR="00140997" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00F523E2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:pgNum/>
             </w:r>
-            <w:r w:rsidR="00F523E2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2" w:rsidRPr="00F523E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>rogramo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A66D61" w:rsidRPr="00BA6507">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r Research Group, City, Department, Country</w:t>
+            </w:r>
+            <w:r w:rsidR="00A66D61" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E247418" w14:textId="35A80727" w:rsidR="009F340A" w:rsidRPr="00BA6507" w:rsidRDefault="009F340A" w:rsidP="009F340A">
+          <w:p w14:paraId="4E247418" w14:textId="35A80727" w:rsidR="009F340A" w:rsidRPr="000D22A1" w:rsidRDefault="009F340A" w:rsidP="009F340A">
             <w:pPr>
               <w:ind w:right="-113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA6507">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="00F523E2" w:rsidRPr="00412C1D">
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA6507">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2, </w:t>
             </w:r>
             <w:r w:rsidR="00F523E2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:pgNum/>
             </w:r>
-            <w:r w:rsidR="00F523E2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2" w:rsidRPr="00F523E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>rogramo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BA6507">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r Research Group, City, Department, Country</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50CDCB97" w14:textId="77777777" w:rsidR="009F340A" w:rsidRPr="00462389" w:rsidRDefault="009F340A" w:rsidP="00140997">
+          <w:p w14:paraId="50CDCB97" w14:textId="77777777" w:rsidR="009F340A" w:rsidRPr="000D22A1" w:rsidRDefault="009F340A" w:rsidP="00140997">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C425C29" w14:textId="0AD54745" w:rsidR="00140997" w:rsidRPr="00462389" w:rsidRDefault="003A5B68" w:rsidP="003A5B68">
+          <w:p w14:paraId="3C425C29" w14:textId="0AD54745" w:rsidR="00140997" w:rsidRPr="000D22A1" w:rsidRDefault="003A5B68" w:rsidP="003A5B68">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Correspondenc</w:t>
             </w:r>
-            <w:r w:rsidR="00343C55">
+            <w:r w:rsidR="00343C55" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidR="00140997" w:rsidRPr="00462389">
+            <w:r w:rsidR="00140997" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="00140997" w:rsidRPr="00462389">
+            <w:r w:rsidR="00140997" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00462389" w:rsidRPr="00462389">
+            <w:r w:rsidR="00462389" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>autor@dominio.edu.co</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4424E14C" w14:textId="6F18B135" w:rsidR="00462389" w:rsidRDefault="001C17EF" w:rsidP="00462389">
+          <w:p w14:paraId="4424E14C" w14:textId="6F18B135" w:rsidR="00462389" w:rsidRPr="000D22A1" w:rsidRDefault="001C17EF" w:rsidP="00462389">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00403EE5">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Received: </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C17EF">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00403EE5">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>month day, year.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Accepted: </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C17EF">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00403EE5">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>month day, year.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Published: </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C17EF">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>month day, year</w:t>
             </w:r>
-            <w:r w:rsidR="00462389">
+            <w:r w:rsidR="00462389" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tablaconcuadrcula"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="7221"/>
             </w:tblGrid>
-            <w:tr w:rsidR="007B546F" w:rsidRPr="007B546F" w14:paraId="5CCF211D" w14:textId="77777777" w:rsidTr="007B546F">
+            <w:tr w:rsidR="007B546F" w:rsidRPr="00036ED8" w14:paraId="5CCF211D" w14:textId="77777777" w:rsidTr="007B546F">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7221" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6FDF1901" w14:textId="77777777" w:rsidR="007B546F" w:rsidRPr="007B546F" w:rsidRDefault="007B546F" w:rsidP="007B546F">
+                <w:p w14:paraId="6FDF1901" w14:textId="77777777" w:rsidR="007B546F" w:rsidRPr="000D22A1" w:rsidRDefault="007B546F" w:rsidP="007B546F">
                   <w:pPr>
                     <w:rPr>
                       <w:i/>
                       <w:iCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="2"/>
                       <w:szCs w:val="2"/>
-                      <w:lang w:val="es-CO"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="00FA7121" w14:textId="77777777" w:rsidR="00226079" w:rsidRPr="00462389" w:rsidRDefault="00226079" w:rsidP="007B546F">
+          <w:p w14:paraId="00FA7121" w14:textId="77777777" w:rsidR="00226079" w:rsidRPr="000D22A1" w:rsidRDefault="00226079" w:rsidP="007B546F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="22D2BAC9" w14:textId="77777777" w:rsidR="00226079" w:rsidRPr="00462389" w:rsidRDefault="00226079" w:rsidP="00226079">
+          <w:p w14:paraId="22D2BAC9" w14:textId="77777777" w:rsidR="00226079" w:rsidRPr="000D22A1" w:rsidRDefault="00226079" w:rsidP="00226079">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6654"/>
               </w:tabs>
               <w:ind w:left="-36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6DDAD45F" w14:textId="0DBE2271" w:rsidR="00AE7F0E" w:rsidRDefault="001C17EF" w:rsidP="00226079">
+          <w:p w14:paraId="6DDAD45F" w14:textId="0DBE2271" w:rsidR="00AE7F0E" w:rsidRPr="000D22A1" w:rsidRDefault="001C17EF" w:rsidP="00226079">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6654"/>
               </w:tabs>
               <w:ind w:left="-36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A27B51">
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>How to cite</w:t>
             </w:r>
-            <w:r w:rsidR="00226079" w:rsidRPr="007B546F">
+            <w:r w:rsidR="00226079" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C17EF">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>JK</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001C17EF">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Author, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001C17EF">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Article Title</w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2" w:rsidRPr="001C17EF">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001C17EF">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2" w:rsidRPr="001C17EF">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>RCTA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001C17EF">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, vol. </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F523E2" w:rsidRPr="001C17EF">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001C17EF">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, no. </w:t>
+            </w:r>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00AE7F0E">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00360C3E" w:rsidRPr="007B546F">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, pp. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F523E2" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>xx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-xxx, Abbrev. Month, year</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7F0E" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00360C3E" w:rsidRPr="000D22A1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08C7AFF7" w14:textId="589B96C5" w:rsidR="00226079" w:rsidRDefault="003F0AE4" w:rsidP="00AE7F0E">
+          <w:p w14:paraId="08C7AFF7" w14:textId="589B96C5" w:rsidR="00226079" w:rsidRPr="000D22A1" w:rsidRDefault="003F0AE4" w:rsidP="00AE7F0E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6654"/>
               </w:tabs>
               <w:ind w:left="-36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F6F01">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Recovered from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007B546F">
+            <w:r w:rsidR="007B546F" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>https://</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F427112" w14:textId="77777777" w:rsidR="00AE7F0E" w:rsidRPr="00AE7F0E" w:rsidRDefault="00AE7F0E" w:rsidP="00AE7F0E">
+          <w:p w14:paraId="0F427112" w14:textId="77777777" w:rsidR="00AE7F0E" w:rsidRPr="000D22A1" w:rsidRDefault="00AE7F0E" w:rsidP="00AE7F0E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6654"/>
               </w:tabs>
               <w:ind w:left="-36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6FB6461F" w14:textId="77777777" w:rsidR="00226079" w:rsidRPr="00462389" w:rsidRDefault="00226079" w:rsidP="00226079">
+          <w:p w14:paraId="6FB6461F" w14:textId="77777777" w:rsidR="00226079" w:rsidRPr="000D22A1" w:rsidRDefault="00226079" w:rsidP="00226079">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23F5180D" w14:textId="77777777" w:rsidR="00EB502F" w:rsidRDefault="001C17EF" w:rsidP="001C17EF">
+          <w:p w14:paraId="23F5180D" w14:textId="77777777" w:rsidR="00EB502F" w:rsidRPr="000D22A1" w:rsidRDefault="001C17EF" w:rsidP="001C17EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">This work is licensed under a </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="346AA43D" w14:textId="59AB8408" w:rsidR="00C45033" w:rsidRPr="00462389" w:rsidRDefault="001C17EF" w:rsidP="001C17EF">
+          <w:p w14:paraId="346AA43D" w14:textId="59AB8408" w:rsidR="00C45033" w:rsidRPr="000D22A1" w:rsidRDefault="001B3ECD" w:rsidP="001C17EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
+              <w:r w:rsidR="001C17EF" w:rsidRPr="000D22A1">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="13"/>
                   <w:szCs w:val="13"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                  <w:lang w:val="es-CO"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>Creative Commons Attribution-NonCommercial 4.0 International License.</w:t>
+                <w:t>Creative Commons Attribution-</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="001C17EF" w:rsidRPr="000D22A1">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="13"/>
+                  <w:szCs w:val="13"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>NonCommercial</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="001C17EF" w:rsidRPr="000D22A1">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="13"/>
+                  <w:szCs w:val="13"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> 4.0 International License.</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidR="001C17EF" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidR="001C17EF" w:rsidRPr="000D22A1">
               <w:rPr>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidR="001C17EF" w:rsidRPr="00462389">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="157579B4" wp14:editId="56CAB233">
                   <wp:extent cx="577970" cy="202596"/>
                   <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                   <wp:docPr id="8" name="Imagen 8" descr="https://ojs.unipamplona.edu.co/index.php/rcta/article/download/2647/version/3588/3383/9098/cc.png">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8" tgtFrame="&quot;_blank&quot;"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="https://ojs.unipamplona.edu.co/index.php/rcta/article/download/2647/version/3588/3383/9098/cc.png">
                             <a:hlinkClick r:id="rId8" tgtFrame="&quot;_blank&quot;"/>
                           </pic:cNvPr>
@@ -1692,67 +1915,67 @@
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="592231" cy="207595"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71DDDA94" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRDefault="00E54CA1" w:rsidP="00F523E2">
+    <w:p w14:paraId="71DDDA94" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="000D22A1" w:rsidRDefault="00E54CA1" w:rsidP="00F523E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="43720619" w14:textId="77777777" w:rsidR="00F523E2" w:rsidRPr="00462389" w:rsidRDefault="00F523E2" w:rsidP="00F523E2">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43720619" w14:textId="77777777" w:rsidR="00F523E2" w:rsidRPr="000D22A1" w:rsidRDefault="00F523E2" w:rsidP="00F523E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E54CA1" w:rsidRPr="00462389" w14:paraId="04DB1517" w14:textId="77777777" w:rsidTr="00EE5F24">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
@@ -1765,153 +1988,223 @@
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="7371"/>
             </w:tblGrid>
             <w:tr w:rsidR="00412C1D" w:rsidRPr="00462389" w14:paraId="2D16D1E0" w14:textId="77777777" w:rsidTr="00834546">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7371" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="58F0E890" w14:textId="77777777" w:rsidR="00412C1D" w:rsidRPr="00462389" w:rsidRDefault="00412C1D" w:rsidP="00412C1D">
                   <w:pPr>
                     <w:pStyle w:val="Textoconsangra"/>
                     <w:ind w:left="0" w:firstLine="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:lang w:val="es-CO"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00462389">
+                  <w:r w:rsidRPr="000D22A1">
                     <w:rPr>
                       <w:b/>
-                      <w:lang w:val="es-CO"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Abstract:</w:t>
                   </w:r>
+                  <w:r w:rsidRPr="000D22A1">
+                    <w:rPr>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Our journal has a biannual basis and is dedicated to the engineering area, mainly to the disciplines of electrical, electronics, telecommunications and systems engineering, so the target audience for the magazine that is interested in such areas. We publish scientific research papers or problem reflections in a specific topic, review articles, papers, reviews, discussions and translations, within this thematic framework. </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00462389">
                     <w:rPr>
                       <w:lang w:val="es-CO"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> Our journal has a biannual basis and is dedicated to the engineering area, mainly to the disciplines of electrical, electronics, telecommunications and systems engineering, so the target audience for the magazine that is interested in such areas. We publish scientific research papers or problem reflections in a specific topic, review articles, papers, reviews, discussions and translations, within this thematic framework. We use the IEEE standards for publications.</w:t>
+                    <w:t>We</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00462389">
+                    <w:rPr>
+                      <w:lang w:val="es-CO"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> use </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00462389">
+                    <w:rPr>
+                      <w:lang w:val="es-CO"/>
+                    </w:rPr>
+                    <w:t>the</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00462389">
+                    <w:rPr>
+                      <w:lang w:val="es-CO"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> IEEE </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00462389">
+                    <w:rPr>
+                      <w:lang w:val="es-CO"/>
+                    </w:rPr>
+                    <w:t>standards</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00462389">
+                    <w:rPr>
+                      <w:lang w:val="es-CO"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00462389">
+                    <w:rPr>
+                      <w:lang w:val="es-CO"/>
+                    </w:rPr>
+                    <w:t>for</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00462389">
+                    <w:rPr>
+                      <w:lang w:val="es-CO"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00462389">
+                    <w:rPr>
+                      <w:lang w:val="es-CO"/>
+                    </w:rPr>
+                    <w:t>publications</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00462389">
+                    <w:rPr>
+                      <w:lang w:val="es-CO"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="5F7E57FD" w14:textId="77777777" w:rsidR="00412C1D" w:rsidRPr="00462389" w:rsidRDefault="00412C1D" w:rsidP="00412C1D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:jc w:val="center"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="7371"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00412C1D" w:rsidRPr="00462389" w14:paraId="305E2D63" w14:textId="77777777" w:rsidTr="00834546">
+            <w:tr w:rsidR="00412C1D" w:rsidRPr="00036ED8" w14:paraId="305E2D63" w14:textId="77777777" w:rsidTr="00834546">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7371" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="0D02680B" w14:textId="77777777" w:rsidR="00412C1D" w:rsidRPr="00462389" w:rsidRDefault="00412C1D" w:rsidP="00412C1D">
+                <w:p w14:paraId="0D02680B" w14:textId="77777777" w:rsidR="00412C1D" w:rsidRPr="000D22A1" w:rsidRDefault="00412C1D" w:rsidP="00412C1D">
                   <w:pPr>
                     <w:ind w:left="917" w:hanging="917"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="es-CO"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00462389">
+                  <w:r w:rsidRPr="000D22A1">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="es-CO"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Keywords</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00462389">
+                  <w:r w:rsidRPr="000D22A1">
                     <w:rPr>
                       <w:rStyle w:val="PalabrasClaveCar"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="es-CO"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00462389">
+                  <w:r w:rsidRPr="000D22A1">
                     <w:rPr>
                       <w:i/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="es-CO"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00462389">
+                  <w:r w:rsidRPr="000D22A1">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="es-CO"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Publishing rules, procedures, publication, IEEE format.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="530A9B33" w14:textId="77777777" w:rsidR="00412C1D" w:rsidRPr="00412C1D" w:rsidRDefault="00412C1D" w:rsidP="00412C1D">
+          <w:p w14:paraId="530A9B33" w14:textId="77777777" w:rsidR="00412C1D" w:rsidRPr="000D22A1" w:rsidRDefault="00412C1D" w:rsidP="00412C1D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67175314" w14:textId="5577349C" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="004B7B76" w:rsidP="00175E1D">
             <w:pPr>
               <w:pStyle w:val="Textoconsangra"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Resumen:</w:t>
             </w:r>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nuestra revista tiene una periodicidad semestral y está dedicada al área de las Ingenierías, principalmente a las disciplinas de Ingenierías Eléctrica, Electrónica, Telecomunicaciones y Sistemas; por tanto, el público objetivo de la revista es aquel interesado en tales áreas. Se publicarán artículos de investigación científica o de reflexión sobre un problema o tópico de un área, artículos de revisión, ponencias, reseñas, discusiones y traducciones, dentro de este marco temático. Utilizamos las normas I</w:t>
             </w:r>
@@ -2060,1150 +2353,1216 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EB8E2DD" w14:textId="77777777" w:rsidR="00CF156F" w:rsidRPr="00462389" w:rsidRDefault="00CF156F" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:sectPr w:rsidR="00CF156F" w:rsidRPr="00462389" w:rsidSect="00C82772">
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:footerReference w:type="even" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
           <w:pgMar w:top="1418" w:right="1588" w:bottom="1361" w:left="1588" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E43425" w14:textId="0663B32C" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00812194">
+    <w:p w14:paraId="15E43425" w14:textId="0663B32C" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="000F57D6" w:rsidP="00812194">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00812194" w:rsidRPr="00462389">
+      <w:r w:rsidR="00812194" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00175E1D" w:rsidRPr="00462389">
+      <w:r w:rsidR="00175E1D" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003F0AE4" w:rsidRPr="0095707D">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>NTRODUCTION</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6EB12CA8" w14:textId="77777777" w:rsidR="00175E1D" w:rsidRPr="00462389" w:rsidRDefault="00175E1D" w:rsidP="00175E1D">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6EB12CA8" w14:textId="77777777" w:rsidR="00175E1D" w:rsidRPr="000D22A1" w:rsidRDefault="00175E1D" w:rsidP="00175E1D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="36DF316D" w14:textId="77777777" w:rsidR="00AD498F" w:rsidRPr="00AD498F" w:rsidRDefault="00AD498F" w:rsidP="00AD498F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36DF316D" w14:textId="77777777" w:rsidR="00AD498F" w:rsidRPr="000D22A1" w:rsidRDefault="00AD498F" w:rsidP="00AD498F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The process to evaluate submitted materials involves the editor conducting an initial review of the submitted material to determine if it meets the required criteria; thereafter, it will be handed over to the Editorial Committee, where the selection of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD498F">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>articles and the appointment of peers for the evaluation process will take place.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B77F924" w14:textId="77777777" w:rsidR="00AD498F" w:rsidRPr="00AD498F" w:rsidRDefault="00AD498F" w:rsidP="00AD498F">
+    <w:p w14:paraId="2B77F924" w14:textId="77777777" w:rsidR="00AD498F" w:rsidRPr="000D22A1" w:rsidRDefault="00AD498F" w:rsidP="00AD498F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="43678390" w14:textId="7E3E4C03" w:rsidR="008B3F5F" w:rsidRPr="00462389" w:rsidRDefault="00AD498F" w:rsidP="00A93EC4">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43678390" w14:textId="7E3E4C03" w:rsidR="008B3F5F" w:rsidRPr="000D22A1" w:rsidRDefault="00AD498F" w:rsidP="00A93EC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Along with the article, authors must submit the data format for authors and research, which can be obtained from the journal's website</w:t>
       </w:r>
-      <w:r w:rsidR="00A93EC4" w:rsidRPr="00462389">
+      <w:r w:rsidR="00A93EC4" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00286F62" w:rsidRPr="003B2779">
+        <w:r w:rsidR="00286F62" w:rsidRPr="000D22A1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:lang w:val="es-CO"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://ojs.unipamplona.edu.co/index.php/rcta/directricesautor</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="501EF546" w14:textId="4A94E342" w:rsidR="00175E1D" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00175E1D">
+    <w:p w14:paraId="501EF546" w14:textId="4A94E342" w:rsidR="00175E1D" w:rsidRPr="000D22A1" w:rsidRDefault="000F57D6" w:rsidP="00175E1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00175E1D" w:rsidRPr="00462389">
+      <w:r w:rsidR="00175E1D" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD19A5" w:rsidRPr="00AD19A5">
+      <w:r w:rsidR="00AD19A5" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>RECOMMENDATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB45FB0" w14:textId="77777777" w:rsidR="00812194" w:rsidRPr="00462389" w:rsidRDefault="00812194" w:rsidP="00812194">
+    <w:p w14:paraId="4EB45FB0" w14:textId="77777777" w:rsidR="00812194" w:rsidRPr="000D22A1" w:rsidRDefault="00812194" w:rsidP="00812194">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="667EED7C" w14:textId="530ED7B2" w:rsidR="00AD19A5" w:rsidRPr="00AD19A5" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="667EED7C" w14:textId="530ED7B2" w:rsidR="00AD19A5" w:rsidRPr="000D22A1" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The article must be submitted in electronic format using the Word processor. You can send it via email to the journal's address</w:t>
       </w:r>
-      <w:r w:rsidR="006D52B4" w:rsidRPr="00462389">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="006D52B4" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-[...14 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="001B3ECD">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="001B3ECD" w:rsidRPr="00036ED8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "rcta@unipamplona.edu.co" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="007E0336" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rcta@unipamplona.edu.co</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="007E0336" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD19A5">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>or by submitting it through the platform</w:t>
       </w:r>
-      <w:r w:rsidR="003B2779">
+      <w:r w:rsidR="003B2779" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-[...15 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="001B3ECD">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="001B3ECD" w:rsidRPr="00036ED8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://ojs.unipamplona.edu.co/index.php/rcta/about/submissions" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="009721B9" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://ojs.unipamplona.edu.co/index.php/rcta/about/submissions</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, ensuring that it is in the specific format and contains all the necessary material for evaluation and publication.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E69AEB3" w14:textId="77777777" w:rsidR="00AD19A5" w:rsidRPr="00AD19A5" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
+    <w:p w14:paraId="2E69AEB3" w14:textId="77777777" w:rsidR="00AD19A5" w:rsidRPr="000D22A1" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="275FDE26" w14:textId="77777777" w:rsidR="00AD19A5" w:rsidRPr="00AD19A5" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="275FDE26" w14:textId="77777777" w:rsidR="00AD19A5" w:rsidRPr="000D22A1" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In the author guidelines, you must provide information about all authors and the research; this data is a basic requirement for publication.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23DA1878" w14:textId="77777777" w:rsidR="00AD19A5" w:rsidRPr="00AD19A5" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
+    <w:p w14:paraId="23DA1878" w14:textId="77777777" w:rsidR="00AD19A5" w:rsidRPr="000D22A1" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2E96389F" w14:textId="00E98412" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E96389F" w14:textId="00E98412" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="00AD19A5" w:rsidP="00AD19A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The manuscript must be accompanied by an abstract in Spanish and English, which should not exceed 150 words. It is recommended that it include the study or research objectives, basic procedures used, major results, and main conclusions of the article. 3 to 5 keywords in Spanish and English should be presented and identified as such.</w:t>
       </w:r>
-      <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="008A5542" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54070646" w14:textId="77777777" w:rsidR="00C0128F" w:rsidRPr="00462389" w:rsidRDefault="00C0128F" w:rsidP="00C0128F">
+    <w:p w14:paraId="54070646" w14:textId="77777777" w:rsidR="00C0128F" w:rsidRPr="000D22A1" w:rsidRDefault="00C0128F" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2C889574" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C889574" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="000D22A1" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0EDA5DCF" w14:textId="38C46DC0" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00812194">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EDA5DCF" w14:textId="38C46DC0" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="000F57D6" w:rsidP="00812194">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00812194" w:rsidRPr="00462389">
+      <w:r w:rsidR="00812194" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00291D1C" w:rsidRPr="00291D1C">
+      <w:r w:rsidR="00291D1C" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>GUIDELINES FOR TEXT SUBMISSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4D796E" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
+    <w:p w14:paraId="6A4D796E" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="000D22A1" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5E9BFFC4" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="00291D1C" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E9BFFC4" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The text - including citations, footnotes, tables, figure captions, and bibliographic references - must be typed clearly and cleanly in Times New Roman font, size 10, single-spaced, single-column, with the title in Spanish and English centered, followed by the authors' names with their respective scientific degrees and affiliations (with the institution of origin in bold). Then the abstract, the Abstract, and finally the keywords in Spanish and English (Keywords), all justified.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21AFE7E2" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="00291D1C" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
+    <w:p w14:paraId="21AFE7E2" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="745F8F3B" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="00291D1C" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="745F8F3B" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The rest of the body of the work should be in double columns (with columns of equal width of 7.3 cm and spacing of 1.39 cm), single-spaced, on letter-sized paper - 21.5 x 28 cm - with left and right margins of 2.8 cm, and top margin of 2.5 cm and bottom margin of 2.4 cm.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1106CB3D" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="00291D1C" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
+    <w:p w14:paraId="1106CB3D" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="26FD4E75" w14:textId="4CAF9FED" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26FD4E75" w14:textId="4CAF9FED" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Articles must be a minimum of 4 pages and a maximum of 8 pages; except in the case of state-of-the-art review articles, which may have up to 12 pages. All pages must be numbered consecutively at the bottom center with Times New Roman font, size 10 regular.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB7B126" w14:textId="77777777" w:rsidR="00C0128F" w:rsidRPr="00462389" w:rsidRDefault="00C0128F" w:rsidP="00C0128F">
+    <w:p w14:paraId="5EB7B126" w14:textId="77777777" w:rsidR="00C0128F" w:rsidRPr="000D22A1" w:rsidRDefault="00C0128F" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4813E60E" w14:textId="18194152" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4813E60E" w14:textId="18194152" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="000F57D6" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="009669CC" w:rsidRPr="00462389">
+      <w:r w:rsidR="009669CC" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00462389">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00335A17" w:rsidRPr="00462389">
+      <w:r w:rsidR="00335A17" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00291D1C" w:rsidRPr="00291D1C">
+      <w:r w:rsidR="00291D1C" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6D8C77" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
+    <w:p w14:paraId="3E6D8C77" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="000D22A1" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="216504B1" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="00291D1C" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="216504B1" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">All graphical material must be directly referred to in the text or within parentheses, such as "(see Fig. 1)". This material should be presented independently, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00291D1C">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>numbered consecutively (Fig. 1, Fig. 2, etc.), and providing the corresponding title and source.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B71C77A" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="00291D1C" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
+    <w:p w14:paraId="3B71C77A" w14:textId="77777777" w:rsidR="00291D1C" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2C91A1AC" w14:textId="16FE709C" w:rsidR="00BC1065" w:rsidRPr="00462389" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C91A1AC" w14:textId="16FE709C" w:rsidR="00BC1065" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00291D1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Graphs should be created and saved using programs that support formats such as PostScript (PS), Encapsulated PostScript (.EPS), TIFF (.TIFF), PDF (.PDF), JPEG, and PNG (.PNG). It is advisable to consider these programs' capabilities for adjusting size and resolution. The responsibility for obtaining publication permission lies with the article's author.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D493EEE" w14:textId="77777777" w:rsidR="00BC1065" w:rsidRPr="00462389" w:rsidRDefault="00BC1065" w:rsidP="00C0128F">
+    <w:p w14:paraId="6D493EEE" w14:textId="77777777" w:rsidR="00BC1065" w:rsidRPr="000D22A1" w:rsidRDefault="00BC1065" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21CC767B" w14:textId="77777777" w:rsidR="00BC1065" w:rsidRPr="00462389" w:rsidRDefault="00BC1065" w:rsidP="00B404DA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A37EFBA" wp14:editId="1EF4702A">
             <wp:extent cx="2447925" cy="2009775"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="3" name="Imagen 14"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagen 14"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="4553" t="2132" r="7486" b="2132"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2447925" cy="2009775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C042FA0" w14:textId="62CFDB3B" w:rsidR="0029678A" w:rsidRPr="00462389" w:rsidRDefault="00BC1065" w:rsidP="00B404DA">
+    <w:p w14:paraId="6C042FA0" w14:textId="62CFDB3B" w:rsidR="0029678A" w:rsidRPr="000D22A1" w:rsidRDefault="00BC1065" w:rsidP="00B404DA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fig</w:t>
       </w:r>
-      <w:r w:rsidR="000F57D6" w:rsidRPr="00462389">
+      <w:r w:rsidR="000F57D6" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00462389">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00393050" w:rsidRPr="00462389">
+      <w:r w:rsidR="00393050" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00462389">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00291D1C" w:rsidRPr="00291D1C">
+      <w:r w:rsidR="00291D1C" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Speed response of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00291D1C" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00291D1C" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> controller and the fuzzy logic controller</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5438CAE4" w14:textId="64D03976" w:rsidR="00BC1065" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00B404DA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Source</w:t>
       </w:r>
-      <w:r w:rsidR="00BC1065" w:rsidRPr="00462389">
+      <w:r w:rsidR="00BC1065" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00BC1065" w:rsidRPr="00462389">
+      <w:r w:rsidR="00BC1065" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00291D1C">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>own elaboration</w:t>
       </w:r>
-      <w:r w:rsidR="00BC1065" w:rsidRPr="00462389">
+      <w:r w:rsidR="00BC1065" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507B3FD9" w14:textId="77777777" w:rsidR="00BC1065" w:rsidRPr="00462389" w:rsidRDefault="00BC1065" w:rsidP="00C0128F">
+    <w:p w14:paraId="507B3FD9" w14:textId="77777777" w:rsidR="00BC1065" w:rsidRPr="000D22A1" w:rsidRDefault="00BC1065" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="76EAFCCA" w14:textId="435BB5A8" w:rsidR="00BC1065" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00393050">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76EAFCCA" w14:textId="435BB5A8" w:rsidR="00BC1065" w:rsidRPr="000D22A1" w:rsidRDefault="000F57D6" w:rsidP="00393050">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3.1.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00393050" w:rsidRPr="00462389">
+      <w:r w:rsidR="00393050" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00291D1C" w:rsidRPr="00291D1C">
+      <w:r w:rsidR="00291D1C" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Subfigure labels in figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AFA48C" w14:textId="77777777" w:rsidR="00BC1065" w:rsidRPr="00462389" w:rsidRDefault="00BC1065" w:rsidP="00BC1065">
+    <w:p w14:paraId="20AFA48C" w14:textId="77777777" w:rsidR="00BC1065" w:rsidRPr="000D22A1" w:rsidRDefault="00BC1065" w:rsidP="00BC1065">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:ind w:left="540"/>
         <w:rPr>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5670475F" w14:textId="34454E04" w:rsidR="00BC1065" w:rsidRPr="00462389" w:rsidRDefault="00291D1C" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5670475F" w14:textId="34454E04" w:rsidR="00BC1065" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00291D1C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The labels should appear centered below each subfigure in Times New Roman font, size 8, in the format of (a), (b), (c)</w:t>
       </w:r>
-      <w:r w:rsidR="00BC1065" w:rsidRPr="00462389">
+      <w:r w:rsidR="00BC1065" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EEBFA1E" w14:textId="77777777" w:rsidR="000F57D6" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00393050">
+    <w:p w14:paraId="4EEBFA1E" w14:textId="77777777" w:rsidR="000F57D6" w:rsidRPr="000D22A1" w:rsidRDefault="000F57D6" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="25F159D6" w14:textId="3A986F25" w:rsidR="00393050" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00393050">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25F159D6" w14:textId="3A986F25" w:rsidR="00393050" w:rsidRPr="000D22A1" w:rsidRDefault="000F57D6" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00393050" w:rsidRPr="00462389">
+      <w:r w:rsidR="00393050" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00462389">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00393050" w:rsidRPr="00462389">
+      <w:r w:rsidR="00393050" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tabl</w:t>
       </w:r>
-      <w:r w:rsidR="00291D1C">
+      <w:r w:rsidR="00291D1C" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00393050" w:rsidRPr="00462389">
+      <w:r w:rsidR="00393050" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A68F7D1" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="00393050">
+    <w:p w14:paraId="4A68F7D1" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="000D22A1" w:rsidRDefault="007675A9" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3F6D7B92" w14:textId="64DEC9A2" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="00291D1C" w:rsidP="00393050">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F6D7B92" w14:textId="64DEC9A2" w:rsidR="007675A9" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00291D1C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>When referencing your tables within your article, do not abbreviate "Table". Tables should be numbered. Titles should be centered above with size 8, in italics, and underlined</w:t>
       </w:r>
-      <w:r w:rsidR="003519AC" w:rsidRPr="00462389">
+      <w:r w:rsidR="003519AC" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A41719E" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="00393050">
+    <w:p w14:paraId="2A41719E" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="000D22A1" w:rsidRDefault="007675A9" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D7C22DB" w14:textId="678F9D93" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="000F57D6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>T</w:t>
@@ -3454,59 +3813,61 @@
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>PP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="627B2984" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="0076148A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>PG</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007675A9" w:rsidRPr="00462389" w14:paraId="3D86A831" w14:textId="77777777" w:rsidTr="0076148A">
         <w:trPr>
           <w:trHeight w:val="82"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27E648C3" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="0076148A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
@@ -4095,59 +4456,61 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007675A9" w:rsidRPr="00462389" w14:paraId="41772AFD" w14:textId="77777777" w:rsidTr="0076148A">
         <w:trPr>
           <w:trHeight w:val="48"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28EE9933" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="0076148A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>PG</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="647810E4" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="0076148A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>A</w:t>
@@ -4248,2031 +4611,2707 @@
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0661C1B5" w14:textId="4B53488A" w:rsidR="007675A9" w:rsidRDefault="00291D1C" w:rsidP="00DD41C4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Source</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00291D1C">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>own elaboration</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>own</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00291D1C">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00291D1C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>elaboration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60BDC6E5" w14:textId="77777777" w:rsidR="0043152F" w:rsidRPr="00DD41C4" w:rsidRDefault="0043152F" w:rsidP="00DD41C4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45F12900" w14:textId="7DA38634" w:rsidR="003519AC" w:rsidRPr="00462389" w:rsidRDefault="00291D1C" w:rsidP="00393050">
+    <w:p w14:paraId="45F12900" w14:textId="7DA38634" w:rsidR="003519AC" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00291D1C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The content of the table should be in font size 8.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDCEED2" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="00393050">
+    <w:p w14:paraId="3CDCEED2" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="000D22A1" w:rsidRDefault="007675A9" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2FFA3C6B" w14:textId="52811311" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00393050">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFA3C6B" w14:textId="52811311" w:rsidR="007675A9" w:rsidRPr="000D22A1" w:rsidRDefault="000F57D6" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="007675A9" w:rsidRPr="00462389">
+      <w:r w:rsidR="007675A9" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00462389">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="007675A9" w:rsidRPr="00462389">
+      <w:r w:rsidR="007675A9" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00291D1C" w:rsidRPr="00291D1C">
+      <w:r w:rsidR="00291D1C" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Equations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7BA594" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="00393050">
+    <w:p w14:paraId="3F7BA594" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="000D22A1" w:rsidRDefault="007675A9" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0C4D8611" w14:textId="79B1D337" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="00291D1C" w:rsidP="007675A9">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C4D8611" w14:textId="79B1D337" w:rsidR="007675A9" w:rsidRPr="000D22A1" w:rsidRDefault="00291D1C" w:rsidP="007675A9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...7 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Number equations consecutively with equation numbers in parentheses flush with the right-hand margin of the column, as in (1). When referring to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00291D1C">
-[...4 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>an equation within the text, use "(1)", not "Eq. (1)" or "equation (1)", except at the beginning of a sentence: "Equation (1) is used when...".</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475FC1C7" w14:textId="77777777" w:rsidR="00B67598" w:rsidRPr="00462389" w:rsidRDefault="00B67598" w:rsidP="00C0128F">
+    <w:p w14:paraId="475FC1C7" w14:textId="77777777" w:rsidR="00B67598" w:rsidRPr="000D22A1" w:rsidRDefault="00B67598" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0FB2FF36" w14:textId="77777777" w:rsidR="00A60C2D" w:rsidRPr="00462389" w:rsidRDefault="00583026" w:rsidP="00A60C2D">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FB2FF36" w14:textId="77777777" w:rsidR="00A60C2D" w:rsidRPr="000D22A1" w:rsidRDefault="00583026" w:rsidP="00A60C2D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="4111"/>
         </w:tabs>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51E50B00" wp14:editId="5AE3D77D">
             <wp:extent cx="1771650" cy="390525"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="2" name="Imagen 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1771650" cy="390525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00A60C2D" w:rsidRPr="00462389">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="00A60C2D" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F56F4A" w14:textId="77777777" w:rsidR="00C0128F" w:rsidRPr="00462389" w:rsidRDefault="00C0128F" w:rsidP="00C0128F">
+    <w:p w14:paraId="60F56F4A" w14:textId="77777777" w:rsidR="00C0128F" w:rsidRPr="000D22A1" w:rsidRDefault="00C0128F" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="42BB5E52" w14:textId="73853D67" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="008B712A" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42BB5E52" w14:textId="73853D67" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="008B712A" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="004C0518" w:rsidRPr="00462389">
+      <w:r w:rsidR="004C0518" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00462389">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidR="00335A17" w:rsidRPr="00462389">
+      <w:r w:rsidR="00335A17" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00305402" w:rsidRPr="00305402">
+      <w:r w:rsidR="00305402" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Titles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291E53F8" w14:textId="77777777" w:rsidR="00E60AE9" w:rsidRPr="00462389" w:rsidRDefault="00E60AE9" w:rsidP="00C0128F">
+    <w:p w14:paraId="291E53F8" w14:textId="77777777" w:rsidR="00E60AE9" w:rsidRPr="000D22A1" w:rsidRDefault="00E60AE9" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0B882551" w14:textId="5BE569DD" w:rsidR="00406314" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B882551" w14:textId="5BE569DD" w:rsidR="00406314" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The document title should encapsulate the main idea and avoid words that do not serve useful purposes, increase its length, or confuse the reader. It should be concise</w:t>
       </w:r>
-      <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="008A5542" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010C4E33" w14:textId="77777777" w:rsidR="00406314" w:rsidRPr="00462389" w:rsidRDefault="00406314" w:rsidP="00C0128F">
+    <w:p w14:paraId="010C4E33" w14:textId="77777777" w:rsidR="00406314" w:rsidRPr="000D22A1" w:rsidRDefault="00406314" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5020AFBA" w14:textId="47BABDD5" w:rsidR="00406314" w:rsidRPr="00462389" w:rsidRDefault="008B712A" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5020AFBA" w14:textId="47BABDD5" w:rsidR="00406314" w:rsidRPr="000D22A1" w:rsidRDefault="008B712A" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3.4.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00406314" w:rsidRPr="00462389">
+      <w:r w:rsidR="00406314" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00305402" w:rsidRPr="00305402">
+      <w:r w:rsidR="00305402" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Subtitles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11024B11" w14:textId="77777777" w:rsidR="00E60AE9" w:rsidRPr="00462389" w:rsidRDefault="00E60AE9" w:rsidP="00C0128F">
+    <w:p w14:paraId="11024B11" w14:textId="77777777" w:rsidR="00E60AE9" w:rsidRPr="000D22A1" w:rsidRDefault="00E60AE9" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2006779C" w14:textId="13E1C6F2" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2006779C" w14:textId="13E1C6F2" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Subtitles indicate the main subdivisions of the text and should guide the reader on the topics covered in the writing. There should be no more than three levels of subtitles. They should accurately reflect the organization of the document</w:t>
       </w:r>
-      <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="008A5542" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33276A7F" w14:textId="77777777" w:rsidR="00F97C87" w:rsidRPr="00462389" w:rsidRDefault="00F97C87" w:rsidP="00C0128F">
+    <w:p w14:paraId="33276A7F" w14:textId="77777777" w:rsidR="00F97C87" w:rsidRPr="000D22A1" w:rsidRDefault="00F97C87" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0A2D6747" w14:textId="53E09AA5" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="008B712A" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A2D6747" w14:textId="53E09AA5" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="008B712A" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
-      <w:r w:rsidR="00CF52BB" w:rsidRPr="00462389">
+      <w:r w:rsidR="00CF52BB" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003E0671" w:rsidRPr="00462389">
+      <w:r w:rsidR="003E0671" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00305402" w:rsidRPr="00305402">
+      <w:r w:rsidR="00305402" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Footnotes and Citations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ADFB9CE" w14:textId="77777777" w:rsidR="003E0671" w:rsidRPr="00462389" w:rsidRDefault="003E0671" w:rsidP="00C0128F">
+    <w:p w14:paraId="0ADFB9CE" w14:textId="77777777" w:rsidR="003E0671" w:rsidRPr="000D22A1" w:rsidRDefault="003E0671" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="43E7D15A" w14:textId="60792968" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43E7D15A" w14:textId="60792968" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Footnotes should always be placed at the bottom of the page, serving to comment, complement, or elaborate on important information within the text. They should not be bibliographic notes unless they are direct quotations from journals or books. Quotations longer than three lines or requiring emphasis should be written in a separate indented paragraph. Those included within the text should be enclosed in quotation marks</w:t>
       </w:r>
-      <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="008A5542" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F574868" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="008B712A">
+    <w:p w14:paraId="2F574868" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="000D22A1" w:rsidRDefault="00335A17" w:rsidP="008B712A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="42818809" w14:textId="77777777" w:rsidR="00684FAB" w:rsidRPr="00462389" w:rsidRDefault="00684FAB" w:rsidP="00AE7F0E">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42818809" w14:textId="77777777" w:rsidR="00684FAB" w:rsidRPr="000D22A1" w:rsidRDefault="00684FAB" w:rsidP="00AE7F0E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7E4C9B54" w14:textId="3A4CCA94" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="008B712A" w:rsidP="00273725">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E4C9B54" w14:textId="3A4CCA94" w:rsidR="00335A17" w:rsidRPr="000D22A1" w:rsidRDefault="008B712A" w:rsidP="00273725">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00462389">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="003E0671" w:rsidRPr="00462389">
+      <w:r w:rsidR="003E0671" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00305402" w:rsidRPr="00305402">
+      <w:r w:rsidR="00305402" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CONCLUSIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BEFF274" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
+    <w:p w14:paraId="5BEFF274" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="000D22A1" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1F353F9C" w14:textId="1131E6BD" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F353F9C" w14:textId="1131E6BD" w:rsidR="00335A17" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Final remarks summarizing and highlighting the most significant contributions of the work</w:t>
       </w:r>
-      <w:r w:rsidR="00335A17" w:rsidRPr="00462389">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="00335A17" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D5F3A0" w14:textId="77777777" w:rsidR="006A6FE8" w:rsidRPr="00462389" w:rsidRDefault="006A6FE8" w:rsidP="00C0128F">
+    <w:p w14:paraId="58D5F3A0" w14:textId="77777777" w:rsidR="006A6FE8" w:rsidRPr="000D22A1" w:rsidRDefault="006A6FE8" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="22F0248F" w14:textId="77777777" w:rsidR="006A6FE8" w:rsidRPr="00462389" w:rsidRDefault="006A6FE8" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F0248F" w14:textId="77777777" w:rsidR="006A6FE8" w:rsidRPr="000D22A1" w:rsidRDefault="006A6FE8" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3719EE56" w14:textId="77777777" w:rsidR="000D22A1" w:rsidRPr="000D22A1" w:rsidRDefault="000D22A1" w:rsidP="000D22A1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Author Contributions:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In manuscripts with multiple authors, a paragraph must be included describing each author’s specific contributions. It is recommended to use the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Contributor Roles Taxonomy) classification to identify the roles performed, for example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D92FEE" w14:textId="77777777" w:rsidR="000D22A1" w:rsidRPr="000D22A1" w:rsidRDefault="000D22A1" w:rsidP="000D22A1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conceptualization: X.X. and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Y.Y</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; methodology: X.X.; software: X.X.; validation: X.X., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Y.Y</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., and Z.Z.; formal analysis: X.X.; investigation: X.X.; resources: X.X.; data curation: X.X.; writing—original draft: X.X.; writing—review and editing: X.X.; visualization: X.X.; supervision: X.X.; project administration: X.X.; funding acquisition: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Y.Y</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. All </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>authors have read and approved the final version of the manuscript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F10C3BC" w14:textId="0F3C91E9" w:rsidR="000D22A1" w:rsidRDefault="000D22A1" w:rsidP="000D22A1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">More information: </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="001B3ECD" w:rsidRPr="00036ED8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://credit.niso.org/" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F3B92">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://credit.niso.org/</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0131C9F5" w14:textId="77777777" w:rsidR="000D22A1" w:rsidRPr="000D22A1" w:rsidRDefault="000D22A1" w:rsidP="000D22A1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E1D7A7E" w14:textId="77777777" w:rsidR="000D22A1" w:rsidRPr="000D22A1" w:rsidRDefault="000D22A1" w:rsidP="000D22A1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="1CC005D1" w14:textId="77777777" w:rsidR="006A6FE8" w:rsidRPr="00462389" w:rsidRDefault="006A6FE8" w:rsidP="006A6FE8">
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Funding:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Indicate whether the research received financial support. For example: This research received no external funding or This research was funded by [name of funding organization], project no. XXX. Please ensure that the names and grant numbers are correct before submission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF12058" w14:textId="77777777" w:rsidR="000D22A1" w:rsidRPr="000D22A1" w:rsidRDefault="000D22A1" w:rsidP="000D22A1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0DABD475" w14:textId="30E1959C" w:rsidR="006A6FE8" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="006A6FE8">
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C72BCFD" w14:textId="0B1CD1AE" w:rsidR="000D22A1" w:rsidRDefault="000D22A1" w:rsidP="000D22A1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="35BC2D97" w14:textId="77777777" w:rsidR="00A66D61" w:rsidRDefault="00A66D61" w:rsidP="00C0128F">
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Materials and Data Availability:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The data, code, or materials supporting this study must be deposited in public repositories with a DOI (such as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Zenodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Figshare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Provide the corresponding link, for example: Data available at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Zenodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, DOI: 10.xxxx/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>zenodo.xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If data are not available due to ethical, confidentiality, or intellectual property reasons, clearly state this condition. Additional information: </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="001B3ECD" w:rsidRPr="00036ED8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://ojs.unipamplona.edu.co/index.php/rcta/es/materialescomplementarios" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F3B92">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://ojs.unipamplona.edu.co/index.php/rcta/es/materialescomplementarios</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3ECD">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C91AD8" w14:textId="77777777" w:rsidR="000D22A1" w:rsidRPr="000D22A1" w:rsidRDefault="000D22A1" w:rsidP="000D22A1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="22A35286" w14:textId="77777777" w:rsidR="00305402" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="00C0128F">
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35BC2D97" w14:textId="2617775C" w:rsidR="00A66D61" w:rsidRPr="000D22A1" w:rsidRDefault="000D22A1" w:rsidP="000D22A1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="0F2DBE58" w14:textId="52F9EE3F" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="00A66D61">
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acknowledgments: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This section may be used to recognize institutional, technical, or administrative support, as well as donations of materials or advisory assistance. If generative artificial intelligence was used during the development or writing of the manuscript, disclose the tool’s name and purpose transparently, for example: During the preparation of this manuscript, the authors used [tool name and version] for [description of use]. The authors reviewed and validated all resulting content.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A35286" w14:textId="77777777" w:rsidR="00305402" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="00C0128F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F2DBE58" w14:textId="52F9EE3F" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="00A66D61">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68EBEA31" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
+    <w:p w14:paraId="68EBEA31" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="000D22A1" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3D844ACB" w14:textId="0F402036" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="002E5C56">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D844ACB" w14:textId="0F402036" w:rsidR="008A5542" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="002E5C56">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...22 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Citations within the text shall be made using numbers in brackets in the order of appearance. For example: As demonstrated in [3]; and according to [4] and [6]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>–[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9]. When citing multiple sources simultaneously, it is preferable to list each one with its own brackets, for example, "as indicated by several studies [1], [3], [5]". The citation format for references is defined by the IEEE and should be prepared according to the following scheme</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5C56" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="008A5542" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310700DD" w14:textId="77777777" w:rsidR="002E5C56" w:rsidRPr="00462389" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
+    <w:p w14:paraId="310700DD" w14:textId="77777777" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="74B8FBF1" w14:textId="3FC3FC18" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="00305402" w:rsidP="002E5C56">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B8FBF1" w14:textId="3FC3FC18" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="002E5C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Example Journal Publications Using Article Numbers</w:t>
       </w:r>
-      <w:r w:rsidR="002E5C56" w:rsidRPr="00004116">
+      <w:r w:rsidR="002E5C56" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AEBDFF" w14:textId="4438E8CE" w:rsidR="002E5C56" w:rsidRDefault="00305402" w:rsidP="00004116">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="270" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00305402">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Author, "Article Title", </w:t>
       </w:r>
-      <w:r w:rsidRPr="00305402">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abbreviation. Journal Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. x, no. x, abbreviation. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305402">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Abbreviation. Journal Title</w:t>
-      </w:r>
+        <w:t>Month</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00305402">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>, vol. x, no. x, abbreviation. Month, year, art. No. xxxxx, doi: 10.1109.XXX.1234567.</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305402">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00305402">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, art. No. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305402">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00305402">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00305402">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>doi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00305402">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>: 10.1109.XXX.1234567.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F13628" w14:textId="77777777" w:rsidR="00004116" w:rsidRPr="00004116" w:rsidRDefault="00004116" w:rsidP="00004116">
       <w:pPr>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BBBB56F" w14:textId="737A1D33" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="00305402" w:rsidP="00004116">
+    <w:p w14:paraId="0BBBB56F" w14:textId="737A1D33" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="00004116">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Example Basic Format for Books</w:t>
       </w:r>
-      <w:r w:rsidR="002E5C56" w:rsidRPr="00004116">
+      <w:r w:rsidR="002E5C56" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A999CDC" w14:textId="3AEBAC00" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="00305402" w:rsidP="002E5C56">
+    <w:p w14:paraId="1A999CDC" w14:textId="3AEBAC00" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="002E5C56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="270" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>JK</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Author, "Chapter Title", </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>in Book Title, x</w:t>
       </w:r>
-      <w:r w:rsidRPr="00305402">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ed. City of Publisher (US state only), Country: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Publisher Abbreviation, year, chap. x, sec. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidRPr="00305402">
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, pp. xxx–xxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16AA035D" w14:textId="77777777" w:rsidR="00004116" w:rsidRPr="00004116" w:rsidRDefault="00004116" w:rsidP="00004116">
+    <w:p w14:paraId="16AA035D" w14:textId="77777777" w:rsidR="00004116" w:rsidRPr="000D22A1" w:rsidRDefault="00004116" w:rsidP="00004116">
       <w:pPr>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="12236CAE" w14:textId="71D4F6C2" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="00305402" w:rsidP="00004116">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12236CAE" w14:textId="71D4F6C2" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="00004116">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Example Basic Format for Conference Proceedings</w:t>
       </w:r>
-      <w:r w:rsidR="002E5C56" w:rsidRPr="00462389">
+      <w:r w:rsidR="002E5C56" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13D3804E" w14:textId="089D7834" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="00471010" w:rsidP="002E5C56">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="1" w:line="180" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00471010">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00471010">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>JK</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Author, "Article Title", in Conf. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abbreviated Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Conf. City, State Abbrev. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471010">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Abbreviated Name</w:t>
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00471010">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>, Conf. City, State Abbrev. (if indicated), country, year, pp. xxxxxx.</w:t>
+        <w:t>if</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00471010">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00471010">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00471010">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), country, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00471010">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00471010">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pp. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00471010">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00471010">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76195D74" w14:textId="77777777" w:rsidR="00004116" w:rsidRPr="00004116" w:rsidRDefault="00004116" w:rsidP="00004116">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="1" w:line="180" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33EDFD10" w14:textId="7BBC4744" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="00305402" w:rsidP="002E5C56">
+    <w:p w14:paraId="33EDFD10" w14:textId="7BBC4744" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="002E5C56">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="37"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Example Basic Format for Electronic Documents (when available online)</w:t>
       </w:r>
-      <w:r w:rsidR="002E5C56" w:rsidRPr="00004116">
+      <w:r w:rsidR="002E5C56" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="710F29E3" w14:textId="48392643" w:rsidR="00004116" w:rsidRPr="00462389" w:rsidRDefault="00471010" w:rsidP="002E5C56">
+    <w:p w14:paraId="710F29E3" w14:textId="48392643" w:rsidR="00004116" w:rsidRPr="000D22A1" w:rsidRDefault="00471010" w:rsidP="002E5C56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00471010">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Issuing Organization. (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> month day). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
-      <w:r w:rsidRPr="00471010">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. [Medium type]. Available: site/path/file</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0F8E4A" w14:textId="45DB9DCE" w:rsidR="002E5C56" w:rsidRPr="001E4996" w:rsidRDefault="002E5C56" w:rsidP="001E4996">
+    <w:p w14:paraId="1B0F8E4A" w14:textId="45DB9DCE" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="002E5C56" w:rsidP="001E4996">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="1170" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...7 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED26C89" w14:textId="25D03C0B" w:rsidR="002E5C56" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="002E5C56">
+    <w:p w14:paraId="3ED26C89" w14:textId="25D03C0B" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="002E5C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Example Basic Format for Theses (MS) and Dissertations</w:t>
       </w:r>
-      <w:r w:rsidR="002E5C56" w:rsidRPr="00004116">
+      <w:r w:rsidR="002E5C56" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FABCC0E" w14:textId="511E1C20" w:rsidR="00004116" w:rsidRDefault="00471010" w:rsidP="002E5C56">
+    <w:p w14:paraId="4FABCC0E" w14:textId="511E1C20" w:rsidR="00004116" w:rsidRPr="000D22A1" w:rsidRDefault="00471010" w:rsidP="002E5C56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="71C7F634" w14:textId="34C266BE" w:rsidR="002E5C56" w:rsidRPr="00462389" w:rsidRDefault="00305402" w:rsidP="002E5C56">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>JK</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Author, "Thesis Title", master's thesis, Dept. Abbrev. Univ., Univ. City, State Abbrev., year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E087D5" w14:textId="77777777" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C7F634" w14:textId="34C266BE" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="002E5C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Example Basic Formats for Standards</w:t>
       </w:r>
-      <w:r w:rsidR="002E5C56" w:rsidRPr="00462389">
+      <w:r w:rsidR="002E5C56" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3D2473" w14:textId="00A6FB0F" w:rsidR="002E5C56" w:rsidRDefault="00471010" w:rsidP="002E5C56">
+    <w:p w14:paraId="1F3D2473" w14:textId="00A6FB0F" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="00471010" w:rsidP="002E5C56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00471010">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Standard Title</w:t>
       </w:r>
-      <w:r w:rsidRPr="00471010">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, Standard Number, Corporate Author, location, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00471010">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>date.</w:t>
       </w:r>
-      <w:r w:rsidR="002E5C56" w:rsidRPr="00462389">
-[...4 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidR="002E5C56" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4489B4FF" w14:textId="2A995F07" w:rsidR="001E4996" w:rsidRPr="00462389" w:rsidRDefault="00471010" w:rsidP="002E5C56">
+    <w:p w14:paraId="4489B4FF" w14:textId="2A995F07" w:rsidR="001E4996" w:rsidRPr="000D22A1" w:rsidRDefault="00471010" w:rsidP="002E5C56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00471010">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Standard Title</w:t>
       </w:r>
-      <w:r w:rsidRPr="00471010">
-[...3 lines deleted...]
-          <w:lang w:val="es-CO"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, Standard Number, date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB6B958" w14:textId="77777777" w:rsidR="002E5C56" w:rsidRPr="00462389" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
+    <w:p w14:paraId="4AB6B958" w14:textId="77777777" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5EF148B2" w14:textId="3F7CB61C" w:rsidR="002E5C56" w:rsidRPr="001E4996" w:rsidRDefault="00305402" w:rsidP="002E5C56">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF148B2" w14:textId="3F7CB61C" w:rsidR="002E5C56" w:rsidRPr="000D22A1" w:rsidRDefault="00305402" w:rsidP="002E5C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00305402">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Example Basic Format for Code</w:t>
       </w:r>
-      <w:r w:rsidR="002E5C56" w:rsidRPr="001E4996">
+      <w:r w:rsidR="002E5C56" w:rsidRPr="000D22A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DCEB67" w14:textId="372F3691" w:rsidR="002E5C56" w:rsidRPr="00462389" w:rsidRDefault="00471010" w:rsidP="002E5C56">
+    <w:p w14:paraId="510213D0" w14:textId="04C2F2AB" w:rsidR="00684FAB" w:rsidRPr="00036ED8" w:rsidRDefault="00471010" w:rsidP="00036ED8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...16 lines deleted...]
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Author, Publication or Release Date, Year. "Full Title, including ed./</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>", distributed by Publisher/Distributor, http://url.com (or if DOI is used, end with a period</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4996" w:rsidRPr="000D22A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A99D3D" w14:textId="77777777" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="008A5542" w:rsidP="002E5C56">
-[...77 lines deleted...]
-    <w:sectPr w:rsidR="00684FAB" w:rsidRPr="00462389" w:rsidSect="00C82772">
+    <w:sectPr w:rsidR="00684FAB" w:rsidRPr="00036ED8" w:rsidSect="00C82772">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
       <w:pgMar w:top="1418" w:right="1588" w:bottom="1361" w:left="1588" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="2" w:space="788"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F7E5DD5" w14:textId="77777777" w:rsidR="00AA5FDE" w:rsidRDefault="00AA5FDE">
+    <w:p w14:paraId="3DD6FE41" w14:textId="77777777" w:rsidR="001B3ECD" w:rsidRDefault="001B3ECD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38BB9D67" w14:textId="77777777" w:rsidR="00AA5FDE" w:rsidRDefault="00AA5FDE">
+    <w:p w14:paraId="129844C7" w14:textId="77777777" w:rsidR="001B3ECD" w:rsidRDefault="001B3ECD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="09A700BB" w14:textId="77777777" w:rsidR="0018046C" w:rsidRDefault="0018046C" w:rsidP="00EE5F24">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="66D3B669" w14:textId="77777777" w:rsidR="0018046C" w:rsidRDefault="0018046C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="094A19B1" w14:textId="77777777" w:rsidR="0018046C" w:rsidRPr="0018046C" w:rsidRDefault="0018046C" w:rsidP="00EE5F24">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="094A19B1" w14:textId="77777777" w:rsidR="0018046C" w:rsidRPr="000D22A1" w:rsidRDefault="0018046C" w:rsidP="00EE5F24">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0018046C">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="0018046C">
+    <w:r w:rsidRPr="000D22A1">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="0018046C">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00583026">
+    <w:r w:rsidR="00583026" w:rsidRPr="000D22A1">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="0018046C">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7AC85A89" w14:textId="77777777" w:rsidR="0018046C" w:rsidRDefault="0018046C" w:rsidP="0018046C">
+  <w:p w14:paraId="7AC85A89" w14:textId="77777777" w:rsidR="0018046C" w:rsidRPr="000D22A1" w:rsidRDefault="0018046C" w:rsidP="0018046C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="734645A8" w14:textId="0AB2A108" w:rsidR="0018046C" w:rsidRDefault="0018046C" w:rsidP="0018046C">
+  <w:p w14:paraId="734645A8" w14:textId="0AB2A108" w:rsidR="0018046C" w:rsidRPr="000D22A1" w:rsidRDefault="0018046C" w:rsidP="0018046C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="284"/>
         <w:tab w:val="right" w:pos="3402"/>
       </w:tabs>
       <w:ind w:right="6288"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="000D22A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Universi</w:t>
     </w:r>
-    <w:r w:rsidR="00305402">
+    <w:r w:rsidR="00305402" w:rsidRPr="000D22A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>ty</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000D22A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00305402">
+    <w:r w:rsidR="00305402" w:rsidRPr="000D22A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>of</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000D22A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> Pamplona</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="69EB4307" w14:textId="77777777" w:rsidR="0018046C" w:rsidRPr="0018046C" w:rsidRDefault="0018046C" w:rsidP="0018046C">
+  <w:p w14:paraId="69EB4307" w14:textId="77777777" w:rsidR="0018046C" w:rsidRPr="000D22A1" w:rsidRDefault="0018046C" w:rsidP="0018046C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="284"/>
         <w:tab w:val="right" w:pos="3402"/>
       </w:tabs>
       <w:ind w:right="6288"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="000D22A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">       I. I. D. T. A. </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23F0FDA8" w14:textId="77777777" w:rsidR="00AA5FDE" w:rsidRDefault="00AA5FDE">
+    <w:p w14:paraId="0DFABA85" w14:textId="77777777" w:rsidR="001B3ECD" w:rsidRDefault="001B3ECD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="029D12CB" w14:textId="77777777" w:rsidR="00AA5FDE" w:rsidRDefault="00AA5FDE">
+    <w:p w14:paraId="28A3E9B9" w14:textId="77777777" w:rsidR="001B3ECD" w:rsidRDefault="001B3ECD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3FB689D9" w14:textId="79C81046" w:rsidR="001705F2" w:rsidRDefault="009A1484" w:rsidP="00F42AB4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001705F2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F3A3BD7" wp14:editId="5577B205">
@@ -6339,97 +7378,108 @@
       <w:t>I</w:t>
     </w:r>
     <w:r w:rsidR="0018046C" w:rsidRPr="009A1484">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">SSN: 1692-7257 </w:t>
     </w:r>
     <w:r w:rsidR="008E3383" w:rsidRPr="009A1484">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r w:rsidR="008E3383" w:rsidRPr="009A1484">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
-      <w:t>Volume X – N</w:t>
+      <w:t xml:space="preserve">Volume X – </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="008E3383" w:rsidRPr="009A1484">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>N</w:t>
     </w:r>
     <w:r w:rsidR="00343C55">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>umber</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="008E3383" w:rsidRPr="009A1484">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> XX - 20X</w:t>
     </w:r>
     <w:r w:rsidR="001705F2" w:rsidRPr="009A1484">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9056"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00B07879" w14:paraId="2757A1AA" w14:textId="77777777" w:rsidTr="00B07879">
+    <w:tr w:rsidR="00B07879" w:rsidRPr="00036ED8" w14:paraId="2757A1AA" w14:textId="77777777" w:rsidTr="00B07879">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9056" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="21F0A0DA" w14:textId="77777777" w:rsidR="00B07879" w:rsidRDefault="00B07879" w:rsidP="00F42AB4">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4252"/>
               <w:tab w:val="clear" w:pos="8504"/>
               <w:tab w:val="center" w:pos="4419"/>
               <w:tab w:val="right" w:pos="8838"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
@@ -6439,51 +7489,51 @@
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="6154"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043C2982"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7344,140 +8394,143 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="385767008">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="520632957">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1651473789">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="271712737">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1653750707">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="755905597">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="830146748">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1704474254">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A5542"/>
     <w:rsid w:val="00004116"/>
     <w:rsid w:val="0001036A"/>
     <w:rsid w:val="00010BB8"/>
     <w:rsid w:val="00015070"/>
     <w:rsid w:val="00016D76"/>
     <w:rsid w:val="00035458"/>
+    <w:rsid w:val="00036ED8"/>
     <w:rsid w:val="000610F3"/>
     <w:rsid w:val="00080F8A"/>
     <w:rsid w:val="0008248C"/>
     <w:rsid w:val="000B26D3"/>
+    <w:rsid w:val="000D22A1"/>
     <w:rsid w:val="000F2F2C"/>
     <w:rsid w:val="000F57D6"/>
     <w:rsid w:val="000F6BEE"/>
     <w:rsid w:val="0013434D"/>
     <w:rsid w:val="00137073"/>
     <w:rsid w:val="00140997"/>
     <w:rsid w:val="0016047A"/>
     <w:rsid w:val="001705F2"/>
     <w:rsid w:val="0017352C"/>
     <w:rsid w:val="00175B81"/>
     <w:rsid w:val="00175E1D"/>
     <w:rsid w:val="0018046C"/>
+    <w:rsid w:val="001B3ECD"/>
     <w:rsid w:val="001C17EF"/>
     <w:rsid w:val="001C7655"/>
     <w:rsid w:val="001E4996"/>
     <w:rsid w:val="002064C7"/>
     <w:rsid w:val="00226079"/>
     <w:rsid w:val="00226AE2"/>
     <w:rsid w:val="00266A92"/>
     <w:rsid w:val="00273725"/>
     <w:rsid w:val="00286F62"/>
     <w:rsid w:val="00291D1C"/>
     <w:rsid w:val="0029678A"/>
     <w:rsid w:val="002C51CA"/>
     <w:rsid w:val="002E1735"/>
     <w:rsid w:val="002E5C56"/>
     <w:rsid w:val="00305402"/>
     <w:rsid w:val="0032401B"/>
     <w:rsid w:val="00335A17"/>
     <w:rsid w:val="00335EA4"/>
     <w:rsid w:val="00343C55"/>
     <w:rsid w:val="003519AC"/>
     <w:rsid w:val="00360C3E"/>
     <w:rsid w:val="00370937"/>
     <w:rsid w:val="00393050"/>
     <w:rsid w:val="003A2813"/>
     <w:rsid w:val="003A5B68"/>
@@ -7491,50 +8544,51 @@
     <w:rsid w:val="0043152F"/>
     <w:rsid w:val="00462389"/>
     <w:rsid w:val="00471010"/>
     <w:rsid w:val="00480FDB"/>
     <w:rsid w:val="00491B1C"/>
     <w:rsid w:val="00493ECC"/>
     <w:rsid w:val="004A07E8"/>
     <w:rsid w:val="004B7B76"/>
     <w:rsid w:val="004C0518"/>
     <w:rsid w:val="0057762B"/>
     <w:rsid w:val="00583026"/>
     <w:rsid w:val="005D3D9F"/>
     <w:rsid w:val="005D468D"/>
     <w:rsid w:val="00684FAB"/>
     <w:rsid w:val="006A5C7A"/>
     <w:rsid w:val="006A6FE8"/>
     <w:rsid w:val="006D52B4"/>
     <w:rsid w:val="006E1BE1"/>
     <w:rsid w:val="006E3721"/>
     <w:rsid w:val="006F12B3"/>
     <w:rsid w:val="006F2CB0"/>
     <w:rsid w:val="006F7E4F"/>
     <w:rsid w:val="0071425D"/>
     <w:rsid w:val="007252A5"/>
     <w:rsid w:val="0073014F"/>
+    <w:rsid w:val="0073019B"/>
     <w:rsid w:val="0075016C"/>
     <w:rsid w:val="00760CBC"/>
     <w:rsid w:val="007675A9"/>
     <w:rsid w:val="00772297"/>
     <w:rsid w:val="00784297"/>
     <w:rsid w:val="007B546F"/>
     <w:rsid w:val="007C1A61"/>
     <w:rsid w:val="007C4C68"/>
     <w:rsid w:val="007C7458"/>
     <w:rsid w:val="007E0336"/>
     <w:rsid w:val="007F03D4"/>
     <w:rsid w:val="00812194"/>
     <w:rsid w:val="00847C29"/>
     <w:rsid w:val="00856248"/>
     <w:rsid w:val="00896E30"/>
     <w:rsid w:val="008A4446"/>
     <w:rsid w:val="008A5542"/>
     <w:rsid w:val="008B3F5F"/>
     <w:rsid w:val="008B4972"/>
     <w:rsid w:val="008B712A"/>
     <w:rsid w:val="008B7CF0"/>
     <w:rsid w:val="008C2D03"/>
     <w:rsid w:val="008C3A43"/>
     <w:rsid w:val="008D04A7"/>
     <w:rsid w:val="008E0995"/>
@@ -7604,65 +8658,65 @@
     <w:rsid w:val="00F523E2"/>
     <w:rsid w:val="00F91BB1"/>
     <w:rsid w:val="00F960A8"/>
     <w:rsid w:val="00F97C87"/>
     <w:rsid w:val="00FB7D04"/>
     <w:rsid w:val="00FD2512"/>
     <w:rsid w:val="00FE3F33"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4E754F95"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{42584967-CD7F-46CD-871F-F8EF834758ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -8469,51 +9523,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="2080"/>
         <w:tab w:val="right" w:pos="4140"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MTDisplayEquationCar">
     <w:name w:val="MTDisplayEquation Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="MTDisplayEquation"/>
     <w:rsid w:val="00B67598"/>
     <w:rPr>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="197668264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="745035355">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8598,51 +9652,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1212496054">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/rcta/directricesautor" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/rcta/about/submissions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="rcta@unipamplona.edu.co" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/rcta/directricesautor" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -8870,101 +9924,104 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7856</Characters>
+  <Pages>4</Pages>
+  <Words>1641</Words>
+  <Characters>9457</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>363</Lines>
+  <Paragraphs>132</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>INDICACIONES Y RECOMENDACIONES PARA LA PRESENTACIÓN DE ARTÍCULOS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9266</CharactersWithSpaces>
+  <CharactersWithSpaces>10966</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4980771</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://uem.es/binaria/monograficos/archivos_monograficos/wolfgang_franta_espanol.pdf. (10</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>INDICACIONES Y RECOMENDACIONES PARA LA PRESENTACIÓN DE ARTÍCULOS</dc:title>
   <dc:subject/>
   <dc:creator>UP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>67847c68-a937-44e8-b885-3cd4f0f4ccdb</vt:lpwstr>
+  </property>
 </Properties>
 </file>