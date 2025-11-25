--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -8,51 +8,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="727B1CD2" w14:textId="063AF47F" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="009F6919" w:rsidP="00E54CA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EC25487" wp14:editId="502751C8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3921011</wp:posOffset>
                 </wp:positionH>
@@ -104,152 +104,264 @@
                           <w:p w14:paraId="2BAE52D4" w14:textId="77777777" w:rsidR="009F6919" w:rsidRPr="007B546F" w:rsidRDefault="009F6919" w:rsidP="009F6919">
                             <w:pPr>
                               <w:pStyle w:val="Default"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="6654"/>
                               </w:tabs>
                               <w:ind w:left="-36"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                                 <w:lang w:val="es-CO"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AE7F0E">
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                                 <w:lang w:val="es-CO"/>
                               </w:rPr>
-                              <w:t>Digital Object Identiﬁer</w:t>
+                              <w:t xml:space="preserve">Digital </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE7F0E">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="13"/>
+                                <w:szCs w:val="13"/>
+                                <w:lang w:val="es-CO"/>
+                              </w:rPr>
+                              <w:t>Object</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00AE7F0E">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="13"/>
+                                <w:szCs w:val="13"/>
+                                <w:lang w:val="es-CO"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00AE7F0E">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="13"/>
+                                <w:szCs w:val="13"/>
+                                <w:lang w:val="es-CO"/>
+                              </w:rPr>
+                              <w:t>Identiﬁer</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                                 <w:lang w:val="es-CO"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007B546F">
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                                 <w:lang w:val="es-CO"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> 10.24054/rcta.vXiXX.1234</w:t>
+                              <w:t xml:space="preserve"> 10.24054/</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="007B546F">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="13"/>
+                                <w:szCs w:val="13"/>
+                                <w:lang w:val="es-CO"/>
+                              </w:rPr>
+                              <w:t>rcta.vXiXX</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="007B546F">
+                              <w:rPr>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="13"/>
+                                <w:szCs w:val="13"/>
+                                <w:lang w:val="es-CO"/>
+                              </w:rPr>
+                              <w:t>.1234</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="4AB17FE9" w14:textId="77777777" w:rsidR="009F6919" w:rsidRPr="00996D1A" w:rsidRDefault="009F6919" w:rsidP="009F6919">
                             <w:pPr>
                               <w:rPr>
                                 <w:szCs w:val="12"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="1EC25487" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:308.75pt;margin-top:-13.85pt;width:150.4pt;height:17.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCylLnY8QEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG1UWjZqulq6KkJa&#10;WKSFD3AcJ7FwPGbsNilfz9jpdqvlhsjB8mTsN/PePG9ux96wo0KvwZZ8MZtzpqyEWtu25D++7999&#10;4MwHYWthwKqSn5Tnt9u3bzaDK1QOHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlZAPYi0AhtlmNYiD0&#10;3mT5fL7KBsDaIUjlPf29n5J8m/CbRsnw2DReBWZKTr2FtGJaq7hm240oWhSu0/LchviHLnqhLRW9&#10;QN2LINgB9V9QvZYIHpowk9Bn0DRaqsSB2Czmr9g8dcKpxIXE8e4ik/9/sPLr8cl9QxbGjzDSABMJ&#10;7x5A/vTMwq4TtlV3iDB0StRUeBElywbni/PVKLUvfASphi9Q05DFIUACGhvsoyrEkxE6DeB0EV2N&#10;gclY8mZBzFecScrl+Wq9nkqI4vm2Qx8+KehZ3JQcaagJXRwffIjdiOL5SCzmweh6r41JAbbVziA7&#10;CjLAPn2JwKtjxsbDFuK1CTH+STQjs4ljGKuRkpFuBfWJCCNMhqIHQJsO8DdnA5mp5P7XQaDizHy2&#10;JNrNYrmM7kvB8v06pwCvM9V1RlhJUCUPnE3bXZgce3Co244qTWOycEdCNzpp8NLVuW8yTJLmbO7o&#10;yOs4nXp5gts/AAAA//8DAFBLAwQUAAYACAAAACEAUinVrN8AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyP0U6DQBBF3038h8008cW0C9WyFBkaNdH42toPGGALpOwsYbeF/r3rkz5O7sm9Z/LdbHpx&#10;1aPrLCPEqwiE5srWHTcIx++PZQrCeeKaessa4aYd7Ir7u5yy2k6819eDb0QoYZcRQuv9kEnpqlYb&#10;cis7aA7ZyY6GfDjHRtYjTaHc9HIdRYk01HFYaGnQ762uzoeLQTh9TY+b7VR++qPaPydv1KnS3hAf&#10;FvPrCwivZ/8Hw69+UIciOJX2wrUTPUISq01AEZZrpUAEYhunTyBKhDQCWeTy/wfFDwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCylLnY8QEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBSKdWs3wAAAAkBAAAPAAAAAAAAAAAAAAAAAEsEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:308.75pt;margin-top:-13.85pt;width:150.4pt;height:17.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQPgVuBAIAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06MLFmNOEWXIsOA&#10;bh3Q7gNkWbaFyaJGKbGzrx8lp1nQ3YbpIIgi9cj3SG1ux96wo0KvwZZ8MZtzpqyEWtu25N+f9+8+&#10;cOaDsLUwYFXJT8rz2+3bN5vBFSqHDkytkBGI9cXgSt6F4Ios87JTvfAzcMqSswHsRSAT26xGMRB6&#10;b7J8Pl9lA2DtEKTynm7vJyffJvymUTI8No1XgZmSU20h7Zj2Ku7ZdiOKFoXrtDyXIf6hil5oS0kv&#10;UPciCHZA/RdUryWChybMJPQZNI2WKnEgNov5KzZPnXAqcSFxvLvI5P8frPx6/IZM1yVfcmZFTy16&#10;VmNgH2FkeVRncL6goCdHYWGka+pyYurdA8gfnlnYdcK26g4Rhk6JmqpbxJfZ1dMJx0eQavgCNaUR&#10;hwAJaGywj9KRGIzQqUunS2diKTKmvFmQPCvOJPnyfLVeTylE8fLaoQ+fFPQsHkqO1PmELo4PPsRq&#10;RPESEpN5MLrea2OSgW21M8iOgqZkn1Yi8CrM2BhsIT6bEONNohmZTRzDWI1n2SqoT0QYYZo6+iV0&#10;6AB/cTbQxJXc/zwIVJyZz5ZEu1ksl3FEk7F8v87JwGtPde0RVhJUyQNn03EXprE+ONRtR5mmNlm4&#10;I6EbnTSIHZmqOtdNU5WkOf+AOLbXdor680+3vwEAAP//AwBQSwMEFAAGAAgAAAAhAFIp1azfAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FOg0AQRd9N/IfNNPHFtAvVshQZGjXR+NraDxhgC6Ts&#10;LGG3hf6965M+Tu7JvWfy3Wx6cdWj6ywjxKsIhObK1h03CMfvj2UKwnnimnrLGuGmHeyK+7ucstpO&#10;vNfXg29EKGGXEULr/ZBJ6apWG3IrO2gO2cmOhnw4x0bWI02h3PRyHUWJNNRxWGhp0O+trs6Hi0E4&#10;fU2Pm+1Ufvqj2j8nb9Sp0t4QHxbz6wsIr2f/B8OvflCHIjiV9sK1Ez1CEqtNQBGWa6VABGIbp08g&#10;SoQ0Alnk8v8HxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUD4FbgQCAADvAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUinVrN8AAAAJAQAA&#10;DwAAAAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2BAE52D4" w14:textId="77777777" w:rsidR="009F6919" w:rsidRPr="007B546F" w:rsidRDefault="009F6919" w:rsidP="009F6919">
                       <w:pPr>
                         <w:pStyle w:val="Default"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="6654"/>
                         </w:tabs>
                         <w:ind w:left="-36"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                           <w:lang w:val="es-CO"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AE7F0E">
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                           <w:lang w:val="es-CO"/>
                         </w:rPr>
-                        <w:t>Digital Object Identiﬁer</w:t>
+                        <w:t xml:space="preserve">Digital </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE7F0E">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="13"/>
+                          <w:szCs w:val="13"/>
+                          <w:lang w:val="es-CO"/>
+                        </w:rPr>
+                        <w:t>Object</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00AE7F0E">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="13"/>
+                          <w:szCs w:val="13"/>
+                          <w:lang w:val="es-CO"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="00AE7F0E">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="13"/>
+                          <w:szCs w:val="13"/>
+                          <w:lang w:val="es-CO"/>
+                        </w:rPr>
+                        <w:t>Identiﬁer</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                           <w:lang w:val="es-CO"/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007B546F">
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                           <w:lang w:val="es-CO"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> 10.24054/rcta.vXiXX.1234</w:t>
+                        <w:t xml:space="preserve"> 10.24054/</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="007B546F">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="13"/>
+                          <w:szCs w:val="13"/>
+                          <w:lang w:val="es-CO"/>
+                        </w:rPr>
+                        <w:t>rcta.vXiXX</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="007B546F">
+                        <w:rPr>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="13"/>
+                          <w:szCs w:val="13"/>
+                          <w:lang w:val="es-CO"/>
+                        </w:rPr>
+                        <w:t>.1234</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="4AB17FE9" w14:textId="77777777" w:rsidR="009F6919" w:rsidRPr="00996D1A" w:rsidRDefault="009F6919" w:rsidP="009F6919">
                       <w:pPr>
                         <w:rPr>
                           <w:szCs w:val="12"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="780D9CEC" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00E54CA1" w:rsidP="00E54CA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
@@ -334,124 +446,137 @@
           <w:tab w:val="left" w:pos="7576"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00462389" w14:paraId="33049D84" w14:textId="77777777" w:rsidTr="00EE5F24">
+      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00873B2D" w14:paraId="33049D84" w14:textId="77777777" w:rsidTr="00EE5F24">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6E42C7" w14:textId="329B3878" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00226079" w:rsidP="009F340A">
+          <w:p w14:paraId="3A6E42C7" w14:textId="329B3878" w:rsidR="00E54CA1" w:rsidRPr="00873B2D" w:rsidRDefault="00226079" w:rsidP="009F340A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="00873B2D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Colombian Journal of Advanced Technologies</w:t>
             </w:r>
-            <w:r w:rsidR="009F340A" w:rsidRPr="00462389">
+            <w:r w:rsidR="009F340A" w:rsidRPr="00873B2D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="00873B2D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">indications for </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00873B2D">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Paperson</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="531BA6E5" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00E54CA1" w:rsidP="00E54CA1">
+    <w:p w14:paraId="531BA6E5" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="00873B2D" w:rsidRDefault="00E54CA1" w:rsidP="00E54CA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="66DE8624" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="00E54CA1" w:rsidP="00E54CA1">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66DE8624" w14:textId="77777777" w:rsidR="00E54CA1" w:rsidRPr="00873B2D" w:rsidRDefault="00E54CA1" w:rsidP="00E54CA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E54CA1" w:rsidRPr="00462389" w14:paraId="09D6AC3F" w14:textId="77777777" w:rsidTr="00EE5F24">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
@@ -878,61 +1003,75 @@
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00140997" w:rsidRPr="00BA6507">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00A66D61" w:rsidRPr="00BA6507">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Institución 1</w:t>
+              <w:t>Institución</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A66D61" w:rsidRPr="00BA6507">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r w:rsidR="00140997" w:rsidRPr="00BA6507">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="002E1735" w:rsidRPr="00BA6507">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Facultad</w:t>
             </w:r>
             <w:r w:rsidR="00A66D61" w:rsidRPr="00BA6507">
@@ -951,61 +1090,75 @@
             <w:pPr>
               <w:ind w:right="-113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6507">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BA6507">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t xml:space="preserve">Institución 2, </w:t>
+              <w:t>Institución</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BA6507">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2, </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA6507">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Facultad, Programa o Grupo de Investigación, Ciudad, Departamento, País.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50CDCB97" w14:textId="77777777" w:rsidR="009F340A" w:rsidRPr="00462389" w:rsidRDefault="009F340A" w:rsidP="00140997">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
@@ -1302,59 +1455,115 @@
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6654"/>
               </w:tabs>
               <w:ind w:left="-36"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B546F">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">Cómo citar: </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00360C3E" w:rsidRPr="007B546F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>JK Autor, “Nombre del artículo”, RCTA, vol. x, n.º. x, pp. xxx-xxx, Abrev. Mes, año</w:t>
+              <w:t>JK</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00360C3E" w:rsidRPr="007B546F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Autor, “Nombre del artículo”, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00360C3E" w:rsidRPr="007B546F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>RCTA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00360C3E" w:rsidRPr="007B546F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, vol. x, n.º. x, pp. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00360C3E" w:rsidRPr="007B546F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>xxx-xxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00360C3E" w:rsidRPr="007B546F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>, Abrev. Mes, año</w:t>
             </w:r>
             <w:r w:rsidR="00AE7F0E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00360C3E" w:rsidRPr="007B546F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08C7AFF7" w14:textId="78F94275" w:rsidR="00226079" w:rsidRDefault="007B546F" w:rsidP="00AE7F0E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
@@ -1415,100 +1624,148 @@
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C05FFAC" w14:textId="77777777" w:rsidR="0010304B" w:rsidRDefault="00226079" w:rsidP="00226079">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Esta obra está bajo una licencia internacional </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EACFBF9" w14:textId="250781A9" w:rsidR="00226079" w:rsidRPr="00462389" w:rsidRDefault="00226079" w:rsidP="00226079">
+          <w:p w14:paraId="3EACFBF9" w14:textId="250781A9" w:rsidR="00226079" w:rsidRPr="00462389" w:rsidRDefault="009405E8" w:rsidP="00226079">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00462389">
+              <w:r w:rsidR="00226079" w:rsidRPr="00462389">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="13"/>
                   <w:szCs w:val="13"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
-                <w:t>Creative Commons Atribución-NoComercial 4.0</w:t>
+                <w:t xml:space="preserve">Creative </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00226079" w:rsidRPr="00462389">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="13"/>
+                  <w:szCs w:val="13"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="es-CO"/>
+                </w:rPr>
+                <w:t>Commons</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00226079" w:rsidRPr="00462389">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="13"/>
+                  <w:szCs w:val="13"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="es-CO"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Atribución-</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00226079" w:rsidRPr="00462389">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="13"/>
+                  <w:szCs w:val="13"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="es-CO"/>
+                </w:rPr>
+                <w:t>NoComercial</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00226079" w:rsidRPr="00462389">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="13"/>
+                  <w:szCs w:val="13"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="es-CO"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> 4.0</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidR="00226079" w:rsidRPr="00462389">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidR="00226079" w:rsidRPr="00462389">
               <w:rPr>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidR="00226079" w:rsidRPr="00462389">
               <w:rPr>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidR="00226079" w:rsidRPr="00462389">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D4B667D" wp14:editId="20A77386">
                   <wp:extent cx="577970" cy="202596"/>
                   <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                   <wp:docPr id="8" name="Imagen 8" descr="https://ojs.unipamplona.edu.co/index.php/rcta/article/download/2647/version/3588/3383/9098/cc.png">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8" tgtFrame="&quot;_blank&quot;"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="https://ojs.unipamplona.edu.co/index.php/rcta/article/download/2647/version/3588/3383/9098/cc.png">
                             <a:hlinkClick r:id="rId8" tgtFrame="&quot;_blank&quot;"/>
                           </pic:cNvPr>
@@ -1748,218 +2005,288 @@
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
       <w:tr w:rsidR="00175E1D" w:rsidRPr="00462389" w14:paraId="46080600" w14:textId="77777777" w:rsidTr="00EE5F24">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D620FE1" w14:textId="1117E446" w:rsidR="00175E1D" w:rsidRPr="00462389" w:rsidRDefault="004B7B76" w:rsidP="00EE5F24">
             <w:pPr>
               <w:pStyle w:val="Textoconsangra"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00873B2D">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Abstract:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00873B2D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Our journal has a biannual basis and is dedicated to the engineering area, mainly to the disciplines of electrical, electronics, telecommunications and systems engineering, so the target audience for the magazine that is interested in such areas. We publish scientific research papers or problem reflections in a specific topic, review articles, papers, reviews, discussions and translations, within this thematic framework. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-            </w:r>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>We</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Our journal has a biannual basis and is dedicated to the engineering area, mainly to the disciplines of electrical, electronics, telecommunications and systems engineering, so the target audience for the magazine that is interested in such areas. We publish scientific research papers or problem reflections in a specific topic, review articles, papers, reviews, discussions and translations, within this thematic framework. We use the I</w:t>
+              <w:t xml:space="preserve"> use </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00462389">
+              <w:rPr>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00462389">
+              <w:rPr>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I</w:t>
             </w:r>
             <w:r w:rsidR="00226079" w:rsidRPr="00462389">
               <w:rPr>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>EEE</w:t>
             </w:r>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t xml:space="preserve"> standards for publications.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00462389">
+              <w:rPr>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>standards</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00462389">
+              <w:rPr>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00462389">
+              <w:rPr>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00462389">
+              <w:rPr>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00462389">
+              <w:rPr>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>publications</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00462389">
+              <w:rPr>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3CDB10FB" w14:textId="77777777" w:rsidR="00175E1D" w:rsidRPr="00462389" w:rsidRDefault="00175E1D" w:rsidP="00E54CA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00462389" w14:paraId="6C8EE657" w14:textId="77777777" w:rsidTr="00EE5F24">
+      <w:tr w:rsidR="00E54CA1" w:rsidRPr="00873B2D" w14:paraId="6C8EE657" w14:textId="77777777" w:rsidTr="00EE5F24">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B274500" w14:textId="2DAC42B5" w:rsidR="00E54CA1" w:rsidRPr="00462389" w:rsidRDefault="004B7B76" w:rsidP="00EE5F24">
+          <w:p w14:paraId="3B274500" w14:textId="2DAC42B5" w:rsidR="00E54CA1" w:rsidRPr="00873B2D" w:rsidRDefault="004B7B76" w:rsidP="00EE5F24">
             <w:pPr>
               <w:ind w:left="917" w:hanging="917"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="00873B2D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Keywords</w:t>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="00873B2D">
               <w:rPr>
                 <w:rStyle w:val="PalabrasClaveCar"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="00873B2D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="00873B2D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Publishing rules, procedures, publication, I</w:t>
             </w:r>
-            <w:r w:rsidR="00226079" w:rsidRPr="00462389">
+            <w:r w:rsidR="00226079" w:rsidRPr="00873B2D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>EEE</w:t>
             </w:r>
-            <w:r w:rsidRPr="00462389">
+            <w:r w:rsidRPr="00873B2D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-CO"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> format.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4127938A" w14:textId="77777777" w:rsidR="00C0128F" w:rsidRPr="00462389" w:rsidRDefault="00C0128F" w:rsidP="00C0128F">
+    <w:p w14:paraId="4127938A" w14:textId="77777777" w:rsidR="00C0128F" w:rsidRPr="00873B2D" w:rsidRDefault="00C0128F" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7081AD31" w14:textId="77777777" w:rsidR="003A2813" w:rsidRPr="00462389" w:rsidRDefault="003A2813" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7081AD31" w14:textId="77777777" w:rsidR="003A2813" w:rsidRPr="00873B2D" w:rsidRDefault="003A2813" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="79C7BD5F" w14:textId="77777777" w:rsidR="00CF156F" w:rsidRPr="00462389" w:rsidRDefault="00CF156F" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79C7BD5F" w14:textId="77777777" w:rsidR="00CF156F" w:rsidRPr="00873B2D" w:rsidRDefault="00CF156F" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7EB8E2DD" w14:textId="77777777" w:rsidR="00CF156F" w:rsidRPr="00462389" w:rsidRDefault="00CF156F" w:rsidP="00C0128F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB8E2DD" w14:textId="77777777" w:rsidR="00CF156F" w:rsidRPr="00873B2D" w:rsidRDefault="00CF156F" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-CO"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="00CF156F" w:rsidRPr="00462389" w:rsidSect="00C82772">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00CF156F" w:rsidRPr="00873B2D" w:rsidSect="00C82772">
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:footerReference w:type="even" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
           <w:pgMar w:top="1418" w:right="1588" w:bottom="1361" w:left="1588" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15E43425" w14:textId="73BA7312" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00812194">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
@@ -2220,51 +2547,69 @@
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">El artículo debe ser presentado en formato electrónico mediante el procesador de texto Word. Puede enviarlo por correo electrónico a la dirección de la revista: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="007E0336" w:rsidRPr="009721B9">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="es-CO"/>
           </w:rPr>
           <w:t>rcta@unipamplona.edu.co</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007E0336" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o también realizando el envió mediante la plataforma</w:t>
+        <w:t xml:space="preserve"> o también realizando </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E0336" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E0336" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> envió mediante la plataforma</w:t>
       </w:r>
       <w:r w:rsidR="003B2779">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="009721B9" w:rsidRPr="009721B9">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://ojs.unipamplona.edu.co/index.php/rcta/about/submissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">, asegurándose de que esté en el formato específico </w:t>
       </w:r>
       <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
@@ -2649,184 +2994,219 @@
         <w:t>-debe estar digitado, con claridad y limpieza</w:t>
       </w:r>
       <w:r w:rsidR="002C51CA" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">, en letra </w:t>
       </w:r>
       <w:r w:rsidR="00F1619B" w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Times New Roman</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F1619B" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>, 1</w:t>
       </w:r>
       <w:r w:rsidR="00F1619B" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> puntos, </w:t>
       </w:r>
       <w:r w:rsidR="002064C7" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">simple espacio, </w:t>
       </w:r>
       <w:r w:rsidR="008A4446" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">a simple columna y centrado el título en </w:t>
       </w:r>
       <w:r w:rsidR="000610F3" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">español e </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008A4446" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">ingles, los autores con su respectivo grado científico, afiliación de los autores (primero en negrita la institución de origen). Luego el </w:t>
+        <w:t>ingles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A4446" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, los autores con su respectivo grado científico, afiliación de los autores (primero en negrita la institución de origen). Luego el </w:t>
       </w:r>
       <w:r w:rsidR="000610F3" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>resumen, el</w:t>
       </w:r>
       <w:r w:rsidR="000610F3" w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="008A4446" w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>bstract</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008A4446" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> y finalmente las palabras claves en </w:t>
       </w:r>
       <w:r w:rsidR="000610F3" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">español e </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008A4446" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>ingles (</w:t>
-      </w:r>
+        <w:t>ingles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008A4446" w:rsidRPr="00462389">
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A4446" w:rsidRPr="00462389">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Keyword</w:t>
       </w:r>
       <w:r w:rsidR="002064C7" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002C51CA" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidR="008A4446" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> todas justificadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="443D96BC" w14:textId="77777777" w:rsidR="002C51CA" w:rsidRPr="00462389" w:rsidRDefault="002C51CA" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
@@ -3244,52 +3624,63 @@
         <w:t xml:space="preserve"> centrad</w:t>
       </w:r>
       <w:r w:rsidR="00F91BB1" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A66D61" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">, con letra </w:t>
       </w:r>
       <w:r w:rsidR="00A66D61" w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>time new roman</w:t>
-      </w:r>
+        <w:t xml:space="preserve">time new </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A66D61" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A66D61" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 regular</w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB7B126" w14:textId="77777777" w:rsidR="00C0128F" w:rsidRPr="00462389" w:rsidRDefault="00C0128F" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3642,80 +4033,146 @@
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>3.1.1.</w:t>
       </w:r>
       <w:r w:rsidR="00393050" w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC1065" w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Etiquetas de subfiguras en figuras</w:t>
+        <w:t xml:space="preserve">Etiquetas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BC1065" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>subfiguras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BC1065" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en figuras</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20AFA48C" w14:textId="77777777" w:rsidR="00BC1065" w:rsidRPr="00462389" w:rsidRDefault="00BC1065" w:rsidP="00BC1065">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5670475F" w14:textId="7E0E841D" w:rsidR="00BC1065" w:rsidRPr="00462389" w:rsidRDefault="00BC1065" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Las etiquetas deben aparecer centradas debajo de cada subfigura en fuente Times New Roman de 8 puntos en el formato de (a) (b) (c).</w:t>
+        <w:t xml:space="preserve">Las etiquetas deben aparecer centradas debajo de cada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>subfigura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en fuente Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 8 puntos en el formato de (a) (b) (c).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EEBFA1E" w14:textId="77777777" w:rsidR="000F57D6" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25F159D6" w14:textId="04B81822" w:rsidR="00393050" w:rsidRPr="00462389" w:rsidRDefault="000F57D6" w:rsidP="00393050">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -4109,59 +4566,61 @@
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>PP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="627B2984" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="0076148A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>PG</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007675A9" w:rsidRPr="00462389" w14:paraId="3D86A831" w14:textId="77777777" w:rsidTr="0076148A">
         <w:trPr>
           <w:trHeight w:val="82"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27E648C3" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="0076148A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
@@ -4750,59 +5209,61 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007675A9" w:rsidRPr="00462389" w14:paraId="41772AFD" w14:textId="77777777" w:rsidTr="0076148A">
         <w:trPr>
           <w:trHeight w:val="48"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28EE9933" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="0076148A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>PG</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="582" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="647810E4" w14:textId="77777777" w:rsidR="007675A9" w:rsidRPr="00462389" w:rsidRDefault="007675A9" w:rsidP="0076148A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00462389">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>A</w:t>
@@ -5109,51 +5570,69 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Numere </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">las ecuaciones consecutivamente con los números de ecuación entre paréntesis al mismo nivel que el margen derecho de la columna, como en (1). </w:t>
       </w:r>
       <w:r w:rsidR="0008248C" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Para referirse dentro del texto a una ecuación emplee "(1)", y no "Ec. (1)" o "ecuación (1)", excepto al principio de frase: "La ecuación (1) se emplea cuando...</w:t>
+        <w:t>Para referirse dentro del texto a una ecuación emplee "(1)", y no "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0008248C" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Ec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0008248C" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>. (1)" o "ecuación (1)", excepto al principio de frase: "La ecuación (1) se emplea cuando...</w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="475FC1C7" w14:textId="77777777" w:rsidR="00B67598" w:rsidRPr="00462389" w:rsidRDefault="00B67598" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FB2FF36" w14:textId="77777777" w:rsidR="00A60C2D" w:rsidRPr="00462389" w:rsidRDefault="00583026" w:rsidP="00A60C2D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="4111"/>
         </w:tabs>
@@ -5471,98 +5950,114 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Notas a pie de página y citas </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ADFB9CE" w14:textId="77777777" w:rsidR="003E0671" w:rsidRPr="00462389" w:rsidRDefault="003E0671" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43E7D15A" w14:textId="77777777" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="008A5542" w:rsidP="00C0128F">
+    <w:p w14:paraId="43E7D15A" w14:textId="759F245F" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="008A5542" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Las notas siempre deben ir a pie de página, estas servirán para comentar, complementar o profundizar información importante dentro del texto. No deben ser notas bibliográficas, a no ser que se trate de citas </w:t>
       </w:r>
       <w:r w:rsidR="007C1A61" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">textuales </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">de revistas o </w:t>
       </w:r>
       <w:r w:rsidR="007C1A61" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>libros</w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Las citas textuales de más de tres líneas o que deban destacarse se escribirán en párrafo a parte, sangrado a la izquierda. Las que se incluyan dentro del texto irán entre comillas. </w:t>
+        <w:t xml:space="preserve">. Las citas textuales de más de tres líneas o que deban destacarse se escribirán en párrafo </w:t>
+      </w:r>
+      <w:r w:rsidR="00460650" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>aparte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sangrado a la izquierda. Las que se incluyan dentro del texto irán entre comillas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F574868" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="008B712A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42818809" w14:textId="77777777" w:rsidR="00684FAB" w:rsidRPr="00462389" w:rsidRDefault="00684FAB" w:rsidP="00AE7F0E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E4C9B54" w14:textId="439D8468" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="008B712A" w:rsidP="00273725">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -5589,149 +6084,1166 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00335A17" w:rsidRPr="00462389">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>CONCLUSIONES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BEFF274" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F353F9C" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
+    <w:p w14:paraId="1F353F9C" w14:textId="4B46F2AA" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Comentarios finales donde se resumen y se puntualiza sobre los aportes mas significativos del trabajo.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="58D5F3A0" w14:textId="77777777" w:rsidR="006A6FE8" w:rsidRPr="00462389" w:rsidRDefault="006A6FE8" w:rsidP="00C0128F">
+        <w:t xml:space="preserve">Comentarios finales donde se resumen y se puntualiza sobre los aportes </w:t>
+      </w:r>
+      <w:r w:rsidR="00460650" w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>más</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> significativos del trabajo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F0248F" w14:textId="45028CC1" w:rsidR="006A6FE8" w:rsidRDefault="006A6FE8" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22F0248F" w14:textId="77777777" w:rsidR="006A6FE8" w:rsidRPr="00462389" w:rsidRDefault="006A6FE8" w:rsidP="00C0128F">
+    <w:p w14:paraId="0DDEA122" w14:textId="77777777" w:rsidR="00143B81" w:rsidRPr="00462389" w:rsidRDefault="00143B81" w:rsidP="00C0128F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71B736D9" w14:textId="77777777" w:rsidR="006A6FE8" w:rsidRPr="00462389" w:rsidRDefault="006A6FE8" w:rsidP="006A6FE8">
+    <w:p w14:paraId="2FFCE31A" w14:textId="45434619" w:rsidR="00C02C0A" w:rsidRPr="00C02C0A" w:rsidRDefault="00C02C0A" w:rsidP="00C02C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>ontribución de los autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en los artículos con múltiples autores debe incluirse un párrafo que describa las contribuciones específicas de cada uno. se recomienda emplear la taxonomía </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>credit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>contributor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>taxonomy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>) para identificar los roles asumidos, por ejemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A13C48" w14:textId="3D0787FF" w:rsidR="00C02C0A" w:rsidRDefault="00C02C0A" w:rsidP="00C02C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conceptualización: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>y.y</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; metodología: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; software: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; validación: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>y.y</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>z.z</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; análisis formal: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; investigación: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; recursos: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; curación de datos: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; redacción—borrador original: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; redacción—revisión y edición: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; visualización: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; supervisión: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; administración del proyecto: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>x.x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.; financiación: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>y.y</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>. todos los autores han leído y aprobado la versión final del manuscrito.</w:t>
+      </w:r>
+      <w:r w:rsidR="00263647">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00263647" w:rsidRPr="008F3B92">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-CO"/>
+          </w:rPr>
+          <w:t>https://credit.niso.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2B9255D9" w14:textId="77777777" w:rsidR="00C02C0A" w:rsidRPr="00C02C0A" w:rsidRDefault="00C02C0A" w:rsidP="00C02C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BAC4CD0" w14:textId="68A46740" w:rsidR="00C02C0A" w:rsidRPr="00C02C0A" w:rsidRDefault="00C02C0A" w:rsidP="00C02C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>inanciación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indique si la investigación recibió apoyo financiero. por ejemplo: esta investigación no recibió financiación externa o esta investigación fue financiada por [nombre de la entidad financiadora], proyecto n.º </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>. verifique que los nombres y números de subvención sean correctos antes del envío.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0BBB19" w14:textId="77777777" w:rsidR="00C02C0A" w:rsidRPr="00C02C0A" w:rsidRDefault="00C02C0A" w:rsidP="00C02C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BEA7E3E" w14:textId="4E691253" w:rsidR="00C02C0A" w:rsidRPr="00C02C0A" w:rsidRDefault="00C02C0A" w:rsidP="00C02C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>isponibilidad de materiales y datos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">los datos, código o materiales que respaldan este estudio deben estar alojados en repositorios públicos con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>doi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>zenodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>figshare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). indique el enlace correspondiente, por ejemplo: datos disponibles en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>zenodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>doi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>: 10.xxxx/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>zenodo.xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. si los datos no están disponibles por razones éticas, de confidencialidad o propiedad intelectual, señale claramente esta condición. información ampliada: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="008F3B92">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="es-CO"/>
+          </w:rPr>
+          <w:t>https://ojs.unipamplona.edu.co/index.php/rcta/es/materialescomplementarios</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFA08DC" w14:textId="77777777" w:rsidR="00C02C0A" w:rsidRPr="00C02C0A" w:rsidRDefault="00C02C0A" w:rsidP="00C02C0A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00851DF8" w14:textId="2A0E728F" w:rsidR="00954FED" w:rsidRPr="00954FED" w:rsidRDefault="00C02C0A" w:rsidP="00C02C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263647">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263647">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...38 lines deleted...]
-          <w:rStyle w:val="nfasis"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>gradecimientos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263647">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02C0A">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>esta sección puede emplearse para reconocer el apoyo institucional, técnico o administrativo recibido, así como donaciones de materiales o asesorías. si se utilizó inteligencia artificial generativa durante el desarrollo o redacción del manuscrito, indique de manera transparente el nombre de la herramienta y su propósito, por ejemplo: durante la preparación de este manuscrito, los autores utilizaron [nombre y versión de la herramienta] para [descripción del uso]. los autores revisaron y validaron todo el contenido resultante.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AB65D9" w14:textId="77777777" w:rsidR="00954FED" w:rsidRDefault="00954FED" w:rsidP="00A66D61">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F2DBE58" w14:textId="77777777" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00A66D61">
+    <w:p w14:paraId="0F2DBE58" w14:textId="3EB57B7A" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00A66D61">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>REFERENCIAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68EBEA31" w14:textId="77777777" w:rsidR="00335A17" w:rsidRPr="00462389" w:rsidRDefault="00335A17" w:rsidP="00C0128F">
       <w:pPr>
@@ -5790,50 +7302,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Para citar más de una fuente a la vez es preferible consignar cada una de ellas con sus propios corchetes, por ejemplo, "como indican varios estudios [1], [3], [5].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D844ACB" w14:textId="4159308A" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El formato de citación de referencias está definido por la IEEE y han de prepararse de acuerdo al siguiente esquema:</w:t>
       </w:r>
       <w:r w:rsidR="008A5542" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="310700DD" w14:textId="77777777" w:rsidR="002E5C56" w:rsidRPr="00462389" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74B8FBF1" w14:textId="418A5D5B" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
       <w:pPr>
         <w:rPr>
@@ -5865,83 +7378,133 @@
       </w:r>
       <w:r w:rsidRPr="00004116">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AEBDFF" w14:textId="5F4EDADA" w:rsidR="002E5C56" w:rsidRDefault="00004116" w:rsidP="00004116">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="270" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00462389">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">JK Autor, “Nombre del artículo”, </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>JK</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autor, “Nombre del artículo”, </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Abreviatura. Título de Revista </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">, vol. </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>x, no. x, abreviatura. Mes, año, art. No. xxxxx , doi : 10.1109.XXX.1234567</w:t>
+        <w:t xml:space="preserve">x, no. x, abreviatura. Mes, año, art. No. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>doi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : 10.1109.XXX.1234567</w:t>
       </w:r>
       <w:r w:rsidR="002E5C56" w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F13628" w14:textId="77777777" w:rsidR="00004116" w:rsidRPr="00004116" w:rsidRDefault="00004116" w:rsidP="00004116">
       <w:pPr>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BBBB56F" w14:textId="36442118" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="002E5C56" w:rsidP="00004116">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
@@ -5984,128 +7547,188 @@
       <w:r w:rsidRPr="00004116">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A999CDC" w14:textId="05283BDE" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="00004116" w:rsidP="002E5C56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="270" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">K Autor, “Título del capítulo del libro”, en </w:t>
+        <w:t>K</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autor, “Título del capítulo del libro”, en </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del libro publicado, x </w:t>
       </w:r>
-      <w:r w:rsidRPr="00462389">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ed . Ciudad de la editorial (solo estado de EE. UU.), País: Abrev. de editorial, año, cap. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . Ciudad de la editorial (solo estado de EE. UU.), País: Abrev. de editorial, año, cap. </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">x </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">, seg. </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>seg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">x </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">, págs. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>xxx–xxx</w:t>
-      </w:r>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16AA035D" w14:textId="77777777" w:rsidR="00004116" w:rsidRPr="00004116" w:rsidRDefault="00004116" w:rsidP="00004116">
       <w:pPr>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12236CAE" w14:textId="7D7202BA" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="002E5C56" w:rsidP="00004116">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:right="-20"/>
@@ -6169,83 +7792,103 @@
     </w:p>
     <w:p w14:paraId="13D3804E" w14:textId="6FF9C4CA" w:rsidR="002E5C56" w:rsidRPr="00004116" w:rsidRDefault="00004116" w:rsidP="002E5C56">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="1" w:line="180" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">K Autor, “Título del artículo”, en </w:t>
+        <w:t>K</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autor, “Título del artículo”, en </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre abreviado de Conf. </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>, Ciudad de Conf., Abrev. Estado (si se indica), país, año, págs. xxxxxx</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, Ciudad de Conf., Abrev. Estado (si se indica), país, año, págs. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76195D74" w14:textId="77777777" w:rsidR="00004116" w:rsidRPr="00004116" w:rsidRDefault="00004116" w:rsidP="00004116">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="1" w:line="180" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -6302,51 +7945,69 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Organización emisora. (año mes dia). </w:t>
+        <w:t xml:space="preserve">Organización emisora. (año mes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>dia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Título </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>. [Tipo de medio]. Disponible: sitio/ruta/archivo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0F8E4A" w14:textId="45DB9DCE" w:rsidR="002E5C56" w:rsidRPr="001E4996" w:rsidRDefault="002E5C56" w:rsidP="001E4996">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
@@ -6431,57 +8092,67 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FABCC0E" w14:textId="72A07A8C" w:rsidR="00004116" w:rsidRDefault="00004116" w:rsidP="002E5C56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00462389">
-[...5 lines deleted...]
-        <w:t>JK Autor, “Título de la tesis”, tesis de maestría, abreviatura. Departamento, Abrev. Univ., Ciudad de Univ., Abrev. Estado, año.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>JK</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autor, “Título de la tesis”, tesis de maestría, abreviatura. Departamento, Abrev. Univ., Ciudad de Univ., Abrev. Estado, año.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E087D5" w14:textId="77777777" w:rsidR="002E5C56" w:rsidRPr="00462389" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71C7F634" w14:textId="19FDA24E" w:rsidR="002E5C56" w:rsidRPr="00462389" w:rsidRDefault="002E5C56" w:rsidP="002E5C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:i/>
@@ -6694,255 +8365,225 @@
       </w:pPr>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Autor, Fecha de publicación o difusión, Año. “Título completo, incluyendo ed./vers.# ” , distribuido por Editor/ </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribuidor </w:t>
       </w:r>
       <w:r w:rsidRPr="00462389">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>, http://url.com (o si se utiliza DOI, terminar con un punto)</w:t>
+        <w:t xml:space="preserve">, http://url.com (o si se utiliza </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>DOI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462389">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>, terminar con un punto)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47A99D3D" w14:textId="77777777" w:rsidR="008A5542" w:rsidRPr="00462389" w:rsidRDefault="008A5542" w:rsidP="002E5C56">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="510213D0" w14:textId="77777777" w:rsidR="00684FAB" w:rsidRPr="00462389" w:rsidRDefault="00684FAB" w:rsidP="00684FAB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...48 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00684FAB" w:rsidRPr="00462389" w:rsidSect="00C82772">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
       <w:pgMar w:top="1418" w:right="1588" w:bottom="1361" w:left="1588" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="2" w:space="788"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00EE3B5D" w14:textId="77777777" w:rsidR="002B772B" w:rsidRDefault="002B772B">
+    <w:p w14:paraId="45E60ADD" w14:textId="77777777" w:rsidR="009405E8" w:rsidRDefault="009405E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08F90CDF" w14:textId="77777777" w:rsidR="002B772B" w:rsidRDefault="002B772B">
+    <w:p w14:paraId="7BED7FC6" w14:textId="77777777" w:rsidR="009405E8" w:rsidRDefault="009405E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="09A700BB" w14:textId="77777777" w:rsidR="0018046C" w:rsidRDefault="0018046C" w:rsidP="00EE5F24">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="66D3B669" w14:textId="77777777" w:rsidR="0018046C" w:rsidRDefault="0018046C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="094A19B1" w14:textId="77777777" w:rsidR="0018046C" w:rsidRPr="0018046C" w:rsidRDefault="0018046C" w:rsidP="00EE5F24">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0018046C">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0018046C">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
@@ -7013,70 +8654,70 @@
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="284"/>
         <w:tab w:val="right" w:pos="3402"/>
       </w:tabs>
       <w:ind w:right="6288"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">       I. I. D. T. A. </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F6BAF58" w14:textId="77777777" w:rsidR="002B772B" w:rsidRDefault="002B772B">
+    <w:p w14:paraId="52EB4AB8" w14:textId="77777777" w:rsidR="009405E8" w:rsidRDefault="009405E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="604025B7" w14:textId="77777777" w:rsidR="002B772B" w:rsidRDefault="002B772B">
+    <w:p w14:paraId="02AA19CE" w14:textId="77777777" w:rsidR="009405E8" w:rsidRDefault="009405E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3FB689D9" w14:textId="02923B6C" w:rsidR="001705F2" w:rsidRDefault="009A1484" w:rsidP="00F42AB4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001705F2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F3A3BD7" wp14:editId="5577B205">
@@ -7225,51 +8866,51 @@
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="6154"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043C2982"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -8130,240 +9771,248 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="385767008">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="520632957">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1651473789">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="271712737">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1653750707">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="755905597">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="830146748">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1704474254">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="130"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A5542"/>
     <w:rsid w:val="00004116"/>
     <w:rsid w:val="0001036A"/>
     <w:rsid w:val="00010BB8"/>
     <w:rsid w:val="00015070"/>
     <w:rsid w:val="00016D76"/>
     <w:rsid w:val="000610F3"/>
     <w:rsid w:val="00080F8A"/>
     <w:rsid w:val="0008248C"/>
     <w:rsid w:val="000B26D3"/>
     <w:rsid w:val="000F2F2C"/>
     <w:rsid w:val="000F57D6"/>
     <w:rsid w:val="000F6BEE"/>
     <w:rsid w:val="0010304B"/>
     <w:rsid w:val="0013434D"/>
     <w:rsid w:val="00137073"/>
     <w:rsid w:val="00140997"/>
+    <w:rsid w:val="00143B81"/>
     <w:rsid w:val="0016047A"/>
     <w:rsid w:val="001705F2"/>
     <w:rsid w:val="0017352C"/>
     <w:rsid w:val="00175B81"/>
     <w:rsid w:val="00175E1D"/>
     <w:rsid w:val="0018046C"/>
     <w:rsid w:val="001C7655"/>
     <w:rsid w:val="001E4996"/>
     <w:rsid w:val="002064C7"/>
     <w:rsid w:val="00226079"/>
     <w:rsid w:val="00226AE2"/>
+    <w:rsid w:val="00263647"/>
     <w:rsid w:val="00266A92"/>
     <w:rsid w:val="00273725"/>
     <w:rsid w:val="00286F62"/>
     <w:rsid w:val="0029678A"/>
     <w:rsid w:val="002B772B"/>
     <w:rsid w:val="002C51CA"/>
     <w:rsid w:val="002E1735"/>
     <w:rsid w:val="002E5C56"/>
     <w:rsid w:val="0032401B"/>
     <w:rsid w:val="00335A17"/>
     <w:rsid w:val="00335EA4"/>
     <w:rsid w:val="003519AC"/>
     <w:rsid w:val="00360C3E"/>
     <w:rsid w:val="00370937"/>
     <w:rsid w:val="00393050"/>
     <w:rsid w:val="003A2813"/>
     <w:rsid w:val="003A5B68"/>
     <w:rsid w:val="003B2779"/>
     <w:rsid w:val="003E0671"/>
     <w:rsid w:val="00406314"/>
     <w:rsid w:val="00414389"/>
+    <w:rsid w:val="00460650"/>
     <w:rsid w:val="00462389"/>
     <w:rsid w:val="00480FDB"/>
     <w:rsid w:val="00491B1C"/>
     <w:rsid w:val="00493ECC"/>
     <w:rsid w:val="004A07E8"/>
     <w:rsid w:val="004B7B76"/>
     <w:rsid w:val="004C0518"/>
     <w:rsid w:val="0057762B"/>
     <w:rsid w:val="00583026"/>
     <w:rsid w:val="005D3D9F"/>
     <w:rsid w:val="005D468D"/>
     <w:rsid w:val="00684FAB"/>
     <w:rsid w:val="006A5C7A"/>
     <w:rsid w:val="006A6FE8"/>
     <w:rsid w:val="006D52B4"/>
     <w:rsid w:val="006E1BE1"/>
     <w:rsid w:val="006E3721"/>
     <w:rsid w:val="006F12B3"/>
     <w:rsid w:val="006F2CB0"/>
     <w:rsid w:val="006F7E4F"/>
     <w:rsid w:val="0071425D"/>
     <w:rsid w:val="007252A5"/>
     <w:rsid w:val="0073014F"/>
     <w:rsid w:val="0075016C"/>
     <w:rsid w:val="00760CBC"/>
     <w:rsid w:val="007675A9"/>
     <w:rsid w:val="00772297"/>
     <w:rsid w:val="00784297"/>
     <w:rsid w:val="007B546F"/>
     <w:rsid w:val="007C1A61"/>
     <w:rsid w:val="007E0336"/>
     <w:rsid w:val="00812194"/>
     <w:rsid w:val="00847C29"/>
     <w:rsid w:val="00856248"/>
+    <w:rsid w:val="00873B2D"/>
     <w:rsid w:val="00896E30"/>
     <w:rsid w:val="008A4446"/>
     <w:rsid w:val="008A5542"/>
     <w:rsid w:val="008B3F5F"/>
     <w:rsid w:val="008B4972"/>
     <w:rsid w:val="008B712A"/>
     <w:rsid w:val="008B7CF0"/>
     <w:rsid w:val="008C2D03"/>
     <w:rsid w:val="008C3A43"/>
     <w:rsid w:val="008D04A7"/>
     <w:rsid w:val="008E0995"/>
     <w:rsid w:val="008E3383"/>
     <w:rsid w:val="008E36B6"/>
     <w:rsid w:val="00903073"/>
     <w:rsid w:val="009275D4"/>
+    <w:rsid w:val="009405E8"/>
     <w:rsid w:val="00952A37"/>
+    <w:rsid w:val="00954FED"/>
     <w:rsid w:val="009641EF"/>
     <w:rsid w:val="009669CC"/>
     <w:rsid w:val="009721B9"/>
     <w:rsid w:val="00991574"/>
     <w:rsid w:val="009A1484"/>
     <w:rsid w:val="009D4251"/>
     <w:rsid w:val="009F340A"/>
     <w:rsid w:val="009F6919"/>
     <w:rsid w:val="00A42D58"/>
     <w:rsid w:val="00A45A15"/>
     <w:rsid w:val="00A53463"/>
     <w:rsid w:val="00A60C2D"/>
     <w:rsid w:val="00A66D61"/>
     <w:rsid w:val="00A7592E"/>
     <w:rsid w:val="00A93EC4"/>
     <w:rsid w:val="00AB78AF"/>
     <w:rsid w:val="00AE7F0E"/>
     <w:rsid w:val="00B07879"/>
     <w:rsid w:val="00B404DA"/>
     <w:rsid w:val="00B511FD"/>
     <w:rsid w:val="00B67598"/>
     <w:rsid w:val="00BA6507"/>
     <w:rsid w:val="00BC1065"/>
     <w:rsid w:val="00BC4ED0"/>
     <w:rsid w:val="00C0128F"/>
     <w:rsid w:val="00C01BF0"/>
+    <w:rsid w:val="00C02C0A"/>
     <w:rsid w:val="00C45033"/>
     <w:rsid w:val="00C82772"/>
     <w:rsid w:val="00C86396"/>
     <w:rsid w:val="00C95D9C"/>
     <w:rsid w:val="00CA0905"/>
     <w:rsid w:val="00CF156F"/>
     <w:rsid w:val="00CF52BB"/>
     <w:rsid w:val="00D646C2"/>
     <w:rsid w:val="00DA525F"/>
     <w:rsid w:val="00DD41C4"/>
     <w:rsid w:val="00DD55A1"/>
     <w:rsid w:val="00DE4082"/>
     <w:rsid w:val="00DE50EA"/>
     <w:rsid w:val="00E01B9E"/>
     <w:rsid w:val="00E23FF4"/>
     <w:rsid w:val="00E26124"/>
     <w:rsid w:val="00E53B1E"/>
     <w:rsid w:val="00E54CA1"/>
     <w:rsid w:val="00E60AE9"/>
     <w:rsid w:val="00E653C5"/>
     <w:rsid w:val="00E825F0"/>
     <w:rsid w:val="00E869EC"/>
     <w:rsid w:val="00EB10FE"/>
     <w:rsid w:val="00EE5F24"/>
     <w:rsid w:val="00F1338B"/>
@@ -8372,65 +10021,65 @@
     <w:rsid w:val="00F91BB1"/>
     <w:rsid w:val="00F960A8"/>
     <w:rsid w:val="00F97C87"/>
     <w:rsid w:val="00FB7D04"/>
     <w:rsid w:val="00FD2512"/>
     <w:rsid w:val="00FE3F33"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4E754F95"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{42584967-CD7F-46CD-871F-F8EF834758ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -9237,51 +10886,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="2080"/>
         <w:tab w:val="right" w:pos="4140"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MTDisplayEquationCar">
     <w:name w:val="MTDisplayEquation Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="MTDisplayEquation"/>
     <w:rsid w:val="00B67598"/>
     <w:rPr>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="197668264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="745035355">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9366,51 +11015,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1212496054">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/rcta/directricesautor" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/rcta/about/submissions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="rcta@unipamplona.edu.co" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/rcta/directricesautor" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/rcta/about/submissions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.unipamplona.edu.co/index.php/rcta/es/materialescomplementarios" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="rcta@unipamplona.edu.co" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -9639,100 +11288,103 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1519</Words>
-  <Characters>8358</Characters>
+  <Words>1717</Words>
+  <Characters>9583</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>355</Lines>
+  <Paragraphs>110</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>INDICACIONES Y RECOMENDACIONES PARA LA PRESENTACIÓN DE ARTÍCULOS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9858</CharactersWithSpaces>
+  <CharactersWithSpaces>11205</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4980771</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://uem.es/binaria/monograficos/archivos_monograficos/wolfgang_franta_espanol.pdf. (10</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>INDICACIONES Y RECOMENDACIONES PARA LA PRESENTACIÓN DE ARTÍCULOS</dc:title>
   <dc:subject/>
   <dc:creator>UP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>c177edb3-188d-4185-b7d1-335ef2e20db8</vt:lpwstr>
+  </property>
 </Properties>
 </file>