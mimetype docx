--- v0 (2025-11-25)
+++ v1 (2026-02-26)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="67AE3477" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRDefault="00C12A5A" w:rsidP="00C12A5A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A665F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMACIÓN DE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">LOS </w:t>
       </w:r>
       <w:r w:rsidRPr="00A665F0">
         <w:rPr>
@@ -490,67 +490,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nivel de Formación (Primario incompleta, Primario, Secundario, Técnico nivel medio, Técnico nivel superior, Pregrado/Universitario, Perfeccionamiento, Especialización, magíster, Doctorado, Postdoctorado, Cursos de corta duración, Extensión, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MBA</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> de Cátedra, Otros)</w:t>
+              <w:t>, Jefe de Cátedra, Otros)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4773" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F8CEE24" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w14:paraId="72B4305A" w14:textId="77777777" w:rsidTr="00F822B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4773" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
@@ -1036,67 +1020,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nivel de Formación (Primario incompleta, Primario, Secundario, Técnico nivel medio, Técnico nivel superior, Pregrado/Universitario, Perfeccionamiento, Especialización, magíster, Doctorado, Postdoctorado, Cursos de corta duración, Extensión, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MBA</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> de Cátedra, Otros)</w:t>
+              <w:t>, Jefe de Cátedra, Otros)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4773" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2507AF9B" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w14:paraId="19463F7E" w14:textId="77777777" w:rsidTr="00F822B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4773" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
@@ -1680,60 +1648,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CEA9D43" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA0109F" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="4FA0109F" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Conceptualización</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AAA7236" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -1894,60 +1862,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="169F4102" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="768DB0AE" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="768DB0AE" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Tratamiento de datos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34C003F0" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -2108,60 +2076,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6437BC43" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="493E3D24" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="493E3D24" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Análisis formal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73BC7002" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -2322,60 +2290,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F85886F" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10CFBD6E" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="10CFBD6E" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Adquisición de fondos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CA2D3CB" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -2536,60 +2504,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CC56A23" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8583B3" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="7C8583B3" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Investigación</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="291A52B4" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -2750,60 +2718,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1482CC58" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78E602BD" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="78E602BD" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Metodología</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B040466" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -2964,70 +2932,70 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77643E1A" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAF5E75" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="5BAF5E75" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Administración</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A665F0">
+            <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71C7A7CF" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
@@ -3187,60 +3155,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54BC472A" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5602F92A" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="5602F92A" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Recursos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B1D911B" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -3401,60 +3369,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53D30E68" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62DC91D5" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="62DC91D5" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42D3815B" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -3615,60 +3583,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="142D0CAE" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4C1BF2" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="1F4C1BF2" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Supervisión</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45D8D740" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -3829,60 +3797,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="412DE1D4" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="183D4A79" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="183D4A79" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Validación</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="025ED03D" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -4043,60 +4011,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="142F0B78" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD7AD9E" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="6BD7AD9E" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Visualización</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C2C7AFD" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -4257,60 +4225,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18E8389D" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD0B02F" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="1FD0B02F" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Redacción, borrador original</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2403CA0D" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -4471,60 +4439,60 @@
             <w:tcW w:w="435" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5ED4F2E7" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2449" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A776A00" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
+          <w:p w14:paraId="2A776A00" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00416BBC" w:rsidP="00F822B5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r w:rsidRPr="00A665F0">
+              <w:r w:rsidR="00C12A5A" w:rsidRPr="00A665F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Redacción, revisión y edición</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="422A52EC" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
@@ -4655,52 +4623,546 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6740BE02" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="00A665F0" w:rsidRDefault="00C12A5A" w:rsidP="00F822B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A665F0">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="032702A9" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRDefault="00C12A5A" w:rsidP="00C12A5A"/>
-    <w:p w14:paraId="0A9DCAEA" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRPr="008A7132" w:rsidRDefault="00C12A5A" w:rsidP="00C12A5A">
+    <w:p w14:paraId="032702A9" w14:textId="7BE1C3E7" w:rsidR="00C12A5A" w:rsidRDefault="00C12A5A" w:rsidP="00C12A5A"/>
+    <w:p w14:paraId="798EA425" w14:textId="4598D062" w:rsidR="005814E5" w:rsidRPr="008A7132" w:rsidRDefault="005814E5" w:rsidP="005814E5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005814E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Origen del artículo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703C1903" w14:textId="77777777" w:rsidR="005814E5" w:rsidRDefault="005814E5" w:rsidP="005814E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BCF4FCA" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="005814E5">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005814E5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Indique la naturaleza académica del manuscrito, especificando si corresponde a un proyecto de investigación, tesis de grado, trabajo institucional, producto de semillero u otra modalidad académica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B34A6FC" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="005814E5">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20F2E790" w14:textId="7A5405C9" w:rsidR="005814E5" w:rsidRDefault="005814E5" w:rsidP="005814E5">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005814E5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cuando el artículo sea resultado de un proyecto de investigación, deberá declararse la información completa del proyecto con el fin de garantizar trazabilidad académica y transparencia científica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="046EF998" w14:textId="3069DC37" w:rsidR="005814E5" w:rsidRDefault="005814E5" w:rsidP="005814E5">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3539"/>
+        <w:gridCol w:w="5480"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="067F93B9" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADC4DF6" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Proyecto de investigación / Tesis de grado / Trabajo institucional / Otro: especificar)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A78AAC" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="517B011A" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6752CC43" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Título del proyecto (si aplica)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E731F0C" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="05716637" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E61217" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Código del proyecto (si aplica)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7350FFC7" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="2E533F9C" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6AF544" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Institución ejecutora</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24500EC4" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="5636D50B" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABC054F" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Grupo de investigación (si aplica)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A248609" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="3E0CE826" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1097F5AB" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Fase del proyecto</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B85F76" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Formulación / Ejecución / Finalizado / Otro)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C331081" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="310C8816" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1032D7FE" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Fecha de inicio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0994EB1E" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="56283955" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CD7195" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Fecha de finalización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8B46CF" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="14FE2779" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="602C4C51" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Fuente de financiación (si aplica)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E78A27C" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005814E5" w:rsidRPr="005814E5" w14:paraId="603B45AC" w14:textId="77777777" w:rsidTr="005814E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="753CF7D0" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005814E5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Observaciones adicionales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFBE2DE" w14:textId="77777777" w:rsidR="005814E5" w:rsidRPr="005814E5" w:rsidRDefault="005814E5" w:rsidP="00A9194E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6831F2F5" w14:textId="77777777" w:rsidR="005814E5" w:rsidRDefault="005814E5" w:rsidP="005814E5">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="129C8696" w14:textId="77777777" w:rsidR="005814E5" w:rsidRDefault="005814E5" w:rsidP="005814E5"/>
+    <w:p w14:paraId="0A9DCAEA" w14:textId="4934710C" w:rsidR="00C12A5A" w:rsidRPr="008A7132" w:rsidRDefault="00C12A5A" w:rsidP="00C12A5A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sugerencias de pares evaluadores</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="627E2B5B" w14:textId="77777777" w:rsidR="00C12A5A" w:rsidRDefault="00C12A5A" w:rsidP="00C12A5A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -5548,70 +6010,70 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6EDBBABB" w14:textId="77777777" w:rsidR="001743D8" w:rsidRPr="00C12A5A" w:rsidRDefault="001743D8" w:rsidP="00C12A5A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001743D8" w:rsidRPr="00C12A5A" w:rsidSect="00250B70">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="even" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
       <w:pgMar w:top="1418" w:right="1588" w:bottom="1361" w:left="1588" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="788"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="170ED350" w14:textId="77777777" w:rsidR="00ED209C" w:rsidRDefault="00ED209C">
+    <w:p w14:paraId="0C241B05" w14:textId="77777777" w:rsidR="00416BBC" w:rsidRDefault="00416BBC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15C9A4A3" w14:textId="77777777" w:rsidR="00ED209C" w:rsidRDefault="00ED209C">
+    <w:p w14:paraId="44ADF966" w14:textId="77777777" w:rsidR="00416BBC" w:rsidRDefault="00416BBC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -5630,101 +6092,101 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="09A700BB" w14:textId="77777777" w:rsidR="0018046C" w:rsidRDefault="0018046C" w:rsidP="00EE5F24">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="66D3B669" w14:textId="77777777" w:rsidR="0018046C" w:rsidRDefault="0018046C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="094A19B1" w14:textId="77777777" w:rsidR="0018046C" w:rsidRPr="0018046C" w:rsidRDefault="0018046C" w:rsidP="00EE5F24">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0018046C">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0018046C">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
@@ -5951,70 +6413,70 @@
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>rcta@unipamplona.edu.co</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="197A6557" w14:textId="02E8AA78" w:rsidR="00770B50" w:rsidRDefault="00770B50" w:rsidP="00770B50">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DB370FC" w14:textId="77777777" w:rsidR="00ED209C" w:rsidRDefault="00ED209C">
+    <w:p w14:paraId="5D79365E" w14:textId="77777777" w:rsidR="00416BBC" w:rsidRDefault="00416BBC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C14B87D" w14:textId="77777777" w:rsidR="00ED209C" w:rsidRDefault="00ED209C">
+    <w:p w14:paraId="213C5507" w14:textId="77777777" w:rsidR="00416BBC" w:rsidRDefault="00416BBC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="3FB689D9" w14:textId="2FF65321" w:rsidR="001705F2" w:rsidRDefault="009A1484" w:rsidP="00F42AB4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001705F2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F3A3BD7" wp14:editId="1E39481A">
@@ -6128,51 +6590,51 @@
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="6154"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043C2982"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7061,52 +7523,52 @@
   <w:num w:numId="2">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="120"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -7152,58 +7614,60 @@
     <w:rsid w:val="00226079"/>
     <w:rsid w:val="00226AE2"/>
     <w:rsid w:val="00250B70"/>
     <w:rsid w:val="00266A92"/>
     <w:rsid w:val="00273725"/>
     <w:rsid w:val="00286F62"/>
     <w:rsid w:val="0029678A"/>
     <w:rsid w:val="002C51CA"/>
     <w:rsid w:val="002E1735"/>
     <w:rsid w:val="002E5C56"/>
     <w:rsid w:val="0032401B"/>
     <w:rsid w:val="00335A17"/>
     <w:rsid w:val="00335EA4"/>
     <w:rsid w:val="003519AC"/>
     <w:rsid w:val="00360C3E"/>
     <w:rsid w:val="00367C95"/>
     <w:rsid w:val="00370937"/>
     <w:rsid w:val="00393050"/>
     <w:rsid w:val="003A2813"/>
     <w:rsid w:val="003A5B68"/>
     <w:rsid w:val="003B1C67"/>
     <w:rsid w:val="003B2779"/>
     <w:rsid w:val="003E0671"/>
     <w:rsid w:val="00406314"/>
     <w:rsid w:val="00414389"/>
+    <w:rsid w:val="00416BBC"/>
     <w:rsid w:val="00462389"/>
     <w:rsid w:val="00480FDB"/>
     <w:rsid w:val="00491B1C"/>
     <w:rsid w:val="00493ECC"/>
     <w:rsid w:val="004A07E8"/>
     <w:rsid w:val="004B7B76"/>
     <w:rsid w:val="004C0518"/>
     <w:rsid w:val="0057762B"/>
+    <w:rsid w:val="005814E5"/>
     <w:rsid w:val="00583026"/>
     <w:rsid w:val="005A2C9C"/>
     <w:rsid w:val="005D3D9F"/>
     <w:rsid w:val="005D468D"/>
     <w:rsid w:val="00684FAB"/>
     <w:rsid w:val="006A5C7A"/>
     <w:rsid w:val="006A6FE8"/>
     <w:rsid w:val="006D52B4"/>
     <w:rsid w:val="006E1BE1"/>
     <w:rsid w:val="006E3721"/>
     <w:rsid w:val="006F12B3"/>
     <w:rsid w:val="006F2CB0"/>
     <w:rsid w:val="006F7E4F"/>
     <w:rsid w:val="0071425D"/>
     <w:rsid w:val="007252A5"/>
     <w:rsid w:val="0073014F"/>
     <w:rsid w:val="00740DEB"/>
     <w:rsid w:val="0075016C"/>
     <w:rsid w:val="00760CBC"/>
     <w:rsid w:val="00764306"/>
     <w:rsid w:val="007675A9"/>
     <w:rsid w:val="00770B50"/>
     <w:rsid w:val="00772297"/>
     <w:rsid w:val="00784297"/>
     <w:rsid w:val="007B546F"/>
@@ -7297,69 +7761,69 @@
     <w:rsid w:val="00FE3F33"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4E754F95"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{42584967-CD7F-46CD-871F-F8EF834758ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7374,50 +7838,51 @@
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -7594,51 +8059,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A5542"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
@@ -8102,50 +8566,51 @@
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002E5C56"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
     <w:name w:val="Título 9 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002E5C56"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="39"/>
     <w:rsid w:val="007B546F"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B67598"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MTDisplayEquation">
     <w:name w:val="MTDisplayEquation"/>
     <w:basedOn w:val="Normal"/>
@@ -8156,51 +8621,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="2080"/>
         <w:tab w:val="right" w:pos="4140"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MTDisplayEquationCar">
     <w:name w:val="MTDisplayEquation Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="MTDisplayEquation"/>
     <w:rsid w:val="00B67598"/>
     <w:rPr>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="197668264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="745035355">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8557,76 +9022,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3551</Characters>
+  <Pages>3</Pages>
+  <Words>957</Words>
+  <Characters>5269</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>261</Lines>
-  <Paragraphs>184</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>INDICACIONES Y RECOMENDACIONES PARA LA PRESENTACIÓN DE ARTÍCULOS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4040</CharactersWithSpaces>
+  <CharactersWithSpaces>6214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4980771</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://uem.es/binaria/monograficos/archivos_monograficos/wolfgang_franta_espanol.pdf. (10</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>