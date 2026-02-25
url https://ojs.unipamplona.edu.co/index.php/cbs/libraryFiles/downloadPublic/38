--- v0 (2025-10-15)
+++ v1 (2026-02-25)
@@ -1,1540 +1,1265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="0661CFCA" w14:textId="1D368DB4" w:rsidR="00041BBE" w:rsidRDefault="00041BBE" w:rsidP="00041BBE"/>
-    <w:p w14:paraId="0525ABFE" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRPr="0016546F" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
+    <w:p w14:paraId="162622AF" w14:textId="1E82F0D0" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="B03535"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:color w:val="009999"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="B03535"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:i/>
+          <w:color w:val="009999"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>NORMAS PARA AUTORES – REVISTA CBS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CAF248" w14:textId="1A73BCE3" w:rsidR="00AB7D3E" w:rsidRPr="007725B7" w:rsidRDefault="00AB7D3E" w:rsidP="007725B7">
+    <w:p w14:paraId="500D5702" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="B03535"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:color w:val="009999"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="B03535"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:i/>
+          <w:color w:val="009999"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>UNIVERSIDAD DE PAMPLONA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BD67DC" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRPr="0016546F" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
+    <w:p w14:paraId="2ACFD3DA" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="92" w:line="242" w:lineRule="auto"/>
         <w:ind w:right="229"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0016546F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="009999"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="009999"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>FORMATO PARA POSTULAR ARTÍCULO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27462323" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E"/>
-    <w:p w14:paraId="48BEC2BE" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
+    <w:p w14:paraId="01FF09CC" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3027820B" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Señores</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5941C25F" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRPr="007725B7" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
+    <w:p w14:paraId="76B4BCE8" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007725B7">
-        <w:rPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>COMITÉ EDITORIAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ACA9E10" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
+    <w:p w14:paraId="0EC00A1E" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Revista CBS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1EA6B3" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
+    <w:p w14:paraId="7850E1DC" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Universidad de Pamplona</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64EE0787" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
+    <w:p w14:paraId="51F5A144" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Norte de Santander</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AA3B278" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5738A0B8" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="327A85B7" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Estimados señores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152B8435" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
-[...1 lines deleted...]
-        <w:t>Atentamente me permito postular el artículo titulado “XXXXXXX” para revisión, evaluación y posible publicación en la revista CBS-Universidad de Pamplona.</w:t>
+    <w:p w14:paraId="21689347" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Atentamente me permito postular el artículo titulado “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>XXXXXXX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>” para revisión, evaluación y posible publicación en la revista CBS-Universidad de Pamplona.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417B9D4D" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
-      <w:r>
+    <w:p w14:paraId="43E6BD72" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Los autores firmantes declaran que el artículo en mención representa resultados de investigación original, que no ha sido publicado ni está siendo considerado para publicación en otra revista, y que se ajusta a normas éticas internacionales de propiedad intelectual y autoría.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4E67B8" w14:textId="5845EF1C" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
-[...7 lines deleted...]
-        <w:t>mismo, el formato de información por autor.</w:t>
+    <w:p w14:paraId="41ED88CD" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Se adjunta:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60EDC207" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
-      <w:r>
+    <w:p w14:paraId="50A5F66A" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manuscrito en formato DOC. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EB2777" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Formato de información de autores.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2871DA02" w14:textId="2C731A8D" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Declaración de cesión de derechos de autor y licencia de publicación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CE6259" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7969549E" w14:textId="58E01AD2" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Agradeciendo la atención prestada a la presente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C396BA0" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
-      <w:r>
+    <w:p w14:paraId="11ED5541" w14:textId="5D52860D" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58EC68B7" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Atentamente,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E28DDF" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E"/>
-    <w:p w14:paraId="4B699F6B" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
+    <w:p w14:paraId="007A26FA" w14:textId="0E99EF2E" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C06F415" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42796CFC" w14:textId="7A519E97" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Nombre(s) autor(es)</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E15ABEE" w14:textId="4A6B8901" w:rsidR="00AB7D3E" w:rsidRPr="00FA18D0" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E">
-[...1 lines deleted...]
-        <w:t>FIRMAS AUTORES</w:t>
+    <w:p w14:paraId="23D59285" w14:textId="48D0D576" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autor </w:t>
       </w:r>
-      <w:r w:rsidR="007725B7">
-        <w:t xml:space="preserve"> Y ORCID</w:t>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de correspondencia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10719E0F" w14:textId="77777777" w:rsidR="00AB7D3E" w:rsidRDefault="00AB7D3E" w:rsidP="00AB7D3E"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00E02A0E" w:rsidSect="007725B7">
+    <w:p w14:paraId="0E73393F" w14:textId="77777777" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nombre completo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7567D085" w14:textId="6B745815" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Correo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB765B8" w14:textId="2AC89121" w:rsidR="00D167C3" w:rsidRPr="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Celular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E86B49" w14:textId="53330631" w:rsidR="00D167C3" w:rsidRDefault="00D167C3" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C49E533" w14:textId="77777777" w:rsidR="00B743FF" w:rsidRPr="00D167C3" w:rsidRDefault="00B743FF" w:rsidP="00B743FF">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EAD102" w14:textId="2C3583F4" w:rsidR="00B743FF" w:rsidRPr="00D167C3" w:rsidRDefault="00B743FF" w:rsidP="00B743FF">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Autor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706120C0" w14:textId="77777777" w:rsidR="00B743FF" w:rsidRPr="00D167C3" w:rsidRDefault="00B743FF" w:rsidP="00B743FF">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nombre completo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59325C96" w14:textId="77777777" w:rsidR="00B743FF" w:rsidRPr="00D167C3" w:rsidRDefault="00B743FF" w:rsidP="00B743FF">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Correo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C16C3A0" w14:textId="77777777" w:rsidR="00B743FF" w:rsidRPr="00D167C3" w:rsidRDefault="00B743FF" w:rsidP="00B743FF">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Celular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678173F1" w14:textId="77777777" w:rsidR="00B743FF" w:rsidRPr="00D167C3" w:rsidRDefault="00B743FF" w:rsidP="00D167C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="334FBFF7" w14:textId="77777777" w:rsidR="008462ED" w:rsidRPr="00D167C3" w:rsidRDefault="008462ED" w:rsidP="008462ED">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158431A9" w14:textId="77777777" w:rsidR="008462ED" w:rsidRPr="00D167C3" w:rsidRDefault="008462ED" w:rsidP="008462ED">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Autor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B71EC73" w14:textId="77777777" w:rsidR="008462ED" w:rsidRPr="00D167C3" w:rsidRDefault="008462ED" w:rsidP="008462ED">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nombre completo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C88B944" w14:textId="77777777" w:rsidR="008462ED" w:rsidRPr="00D167C3" w:rsidRDefault="008462ED" w:rsidP="008462ED">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Correo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C10EAC" w14:textId="15F4F1CA" w:rsidR="009B425D" w:rsidRPr="008462ED" w:rsidRDefault="008462ED" w:rsidP="008462ED">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Celular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D167C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="009B425D" w:rsidRPr="008462ED" w:rsidSect="009B425D">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
-      <w:headerReference w:type="first" r:id="rId10"/>
-[...1 lines deleted...]
-      <w:pgMar w:top="2060" w:right="1480" w:bottom="1580" w:left="1480" w:header="1247" w:footer="1386" w:gutter="0"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11909" w:h="16834"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="384E6854" w14:textId="77777777" w:rsidR="00C84D7C" w:rsidRDefault="00C84D7C" w:rsidP="00A54EDC">
+    <w:p w14:paraId="20A3047D" w14:textId="77777777" w:rsidR="00370CEE" w:rsidRPr="00EB4781" w:rsidRDefault="00370CEE" w:rsidP="00C64F7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EB4781">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6803F737" w14:textId="77777777" w:rsidR="00C84D7C" w:rsidRDefault="00C84D7C" w:rsidP="00A54EDC">
+    <w:p w14:paraId="18EAED18" w14:textId="77777777" w:rsidR="00370CEE" w:rsidRPr="00EB4781" w:rsidRDefault="00370CEE" w:rsidP="00C64F7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EB4781">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Minion Pro">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...16 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="282B120D" w14:textId="413F4363" w:rsidR="00E64DF1" w:rsidRDefault="00E65E0E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-690530969"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="76ACE535" w14:textId="593F4A1E" w:rsidR="00E03D2D" w:rsidRPr="00EB4781" w:rsidRDefault="00E03D2D" w:rsidP="009B425D">
+        <w:pPr>
+          <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+          <w:jc w:val="both"/>
+        </w:pPr>
+      </w:p>
+      <w:p w14:paraId="55708B5E" w14:textId="19194650" w:rsidR="00595452" w:rsidRPr="00EB4781" w:rsidRDefault="00370CEE">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:jc w:val="right"/>
+          <w:rPr>
+            <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          </w:rPr>
+        </w:pPr>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="599F8205" w14:textId="77777777" w:rsidR="00595452" w:rsidRPr="00EB4781" w:rsidRDefault="00595452">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00EB4781">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:lang w:eastAsia="es-EC"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wpg">
+        <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C7B120A" wp14:editId="330906CE">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="413EA20B" wp14:editId="1ADB65FA">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="margin">
-                <wp:align>left</wp:align>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>5947410</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-424180</wp:posOffset>
+                <wp:posOffset>80010</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4473575" cy="714375"/>
-              <wp:effectExtent l="0" t="0" r="22225" b="0"/>
+              <wp:extent cx="219075" cy="304800"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="3" name="Grupo 3"/>
+              <wp:docPr id="6" name="Rectángulo 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
-[...2 lines deleted...]
-                    <wpg:grpSpPr>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4473575" cy="714375"/>
-[...1 lines deleted...]
-                        <a:chExt cx="4473575" cy="714375"/>
+                        <a:ext cx="219075" cy="304800"/>
                       </a:xfrm>
-                    </wpg:grpSpPr>
-[...12 lines deleted...]
-                        </a:prstGeom>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="009999"/>
+                      </a:solidFill>
+                      <a:ln>
                         <a:noFill/>
-                        <a:ln>
-[...191 lines deleted...]
-                  </wpg:wgp>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="2">
+                        <a:schemeClr val="accent1">
+                          <a:shade val="50000"/>
+                        </a:schemeClr>
+                      </a:lnRef>
+                      <a:fillRef idx="1">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="lt1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
-            <v:group w14:anchorId="2C7B120A" id="Grupo 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-33.4pt;width:352.25pt;height:56.25pt;z-index:251702272;mso-position-horizontal:left;mso-position-horizontal-relative:margin" coordsize="44735,7143" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANl9wvhgMAAA0KAAAOAAAAZHJzL2Uyb0RvYy54bWy8VtuS0zgQfaeKf1DpfcexE+fiGg8FGZii&#10;it2lGPgARZYvhSwZSRk7fP12S3ZCAgO17MKL3ZL7enS6retnQyvJgzC20Sqn8dWMEqG4LhpV5fTD&#10;+1d/rCmxjqmCSa1ETg/C0mc3T59c910mEl1rWQhDwImyWd/ltHauy6LI8lq0zF7pTij4WGrTMgdL&#10;U0WFYT14b2WUzGbLqNem6IzmwlrYvQ0f6Y33X5aCu7/L0gpHZE4hN+efxj93+IxurllWGdbVDR/T&#10;YD+RRcsaBUGPrm6ZY2Rvmq9ctQ032urSXXHdRrosGy58DVBNPLuo5s7ofedrqbK+6o4wAbQXOP20&#10;W/7Xw53p7ru3BpDouwqw8CusZShNi2/IkgwessMRMjE4wmFzsVjN01VKCYdvq3gxB9ljymsA/isz&#10;Xr/8vmE0hY3Okuk7oIc9IWD/GwL3NeuEB9ZmgMBbQ5oC2LukRLEWWPoey3uhB+KLweCghSARN8A2&#10;qPrDtt0bzT9aovS2ZqoSz43RfS1YAenFCAMUcTRFeG1m0cmu/1MXEIbtnfaOLpCOk+V8mQJdAdN0&#10;FYPkIZ0wnyezzSYZMU8XCcoYbIKOZZ2x7k7olqCQUwNt4OOwhzfWBdVJBQ9Y6VeNlD6GVGcb4BN3&#10;fB2YeijCDbsBtLGenS4OUJHRobNgEoBQa/OZkh66Kqf2054ZQYl8rQAVbMFJMJOwmwSmOJjm1FES&#10;xK0LrbrvTFPV4DngrvRzQK5sfCmnLMY8gScht19PGCgnEGYLw407DUDgi8T+xMbD3yrEjWV8UPeB&#10;MHgCZx9xEeA9neHYdXG8XC9mgQsXPIBN7LrlMtks/KfHGSAbhXxn2SMMkIr0gG6ygkioZrVsCiSF&#10;X+AwFltpyAODMbqrwinIfQs0DnvrdAaWgVl+dqO6p+SZJyTdLbN1MLIHe6vdaPUNmll3kAITkOqd&#10;KKFFT413nhHjXCgXOm7URrMS8j8ajnV9z3DUR1Phfx3/xvho4SNr5Y7GbaO0CaieR3fDlHIZ9KdG&#10;C3WfiD3x5fcxOzkSe88Ko0khiIPxo0mCxzVy9/cNxED/dDNLL2dhul7hL8c3QpzM1//rKMSe2KTg&#10;Es/0iyHZNg4uLbJpc7oG3gfmswwn/0tVAEAsc6yRQX58hIafzgToL5mk3JmLWRpK+eH89L9fuHP4&#10;Hh7vR3ip+XLt6Xq6xd38AwAA//8DAFBLAwQUAAYACAAAACEAyzdFv98AAAAHAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBSE74L/YXmCt3YTbdIS81JKUU9FsBWkt232NQnN7obsNkn/vc+THocZ&#10;Zr7J15NpxUC9b5xFiOcRCLKl042tEL4Ob7MVCB+U1ap1lhBu5GFd3N/lKtNutJ807EMluMT6TCHU&#10;IXSZlL6sySg/dx1Z9s6uNyqw7CupezVyuWnlUxSl0qjG8kKtOtrWVF72V4PwPqpx8xy/DrvLeXs7&#10;HpKP711MiI8P0+YFRKAp/IXhF5/RoWCmk7ta7UWLwEcCwixN+QDby2iRgDghLJIlyCKX//mLHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQANl9wvhgMAAA0KAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDLN0W/3wAAAAcBAAAPAAAAAAAAAAAAAAAA&#10;AOAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA7AYAAAAA&#10;">
-[...134 lines deleted...]
-            </v:group>
+            <v:rect w14:anchorId="4FBA458D" id="Rectángulo 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:468.3pt;margin-top:6.3pt;width:17.25pt;height:24pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlf3X8fgIAAF4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6doGdYqgRYcB&#10;RRu0HXpWZCk2IIsapcTJfv0o+ZGuK3YY5oMsiR8/PkTy8mrfGLZT6GuwBZ+c5JwpK6Gs7abg359v&#10;P51z5oOwpTBgVcEPyvOrxccPl62bqylUYEqFjEisn7eu4FUIbp5lXlaqEf4EnLIk1ICNCHTETVai&#10;aIm9Mdk0z79kLWDpEKTynm5vOiFfJH6tlQwPWnsVmCk4+RbSimldxzVbXIr5BoWratm7If7Bi0bU&#10;loyOVDciCLbF+g+qppYIHnQ4kdBkoHUtVYqBopnkb6J5qoRTKRZKjndjmvz/o5X3uye3QkpD6/zc&#10;0zZGsdfYxD/5x/YpWYcxWWofmKTL6eQiPzvlTJLocz47z1Mys6OyQx++KmhY3BQc6S1SisTuzgcy&#10;SNABEm15MHV5WxuTDrhZXxtkOxHfLb+gLz4VqfwGMzaCLUS1ThxvsmMoaRcORkWcsY9Ks7qMzidP&#10;UpWp0Y6QUtkw6USVKFVn/jSnb7Ae6zJqJF8SYWTWZH/k7gkGZEcycHde9vioqlKRjsr53xzrlEeN&#10;ZBlsGJWb2gK+R2Aoqt5yhx+S1KUmZmkN5WGFDKFrEe/kbU3vdid8WAmknqDuoT4PD7RoA23Bod9x&#10;VgH+fO8+4qlUScpZSz1WcP9jK1BxZr5ZKuKLyWwWmzIdZqdnUzrga8n6tcRum2ugcpjQRHEybSM+&#10;mGGrEZoXGgfLaJVEwkqyXXAZcDhch673aaBItVwmGDWiE+HOPjkZyWNWY10+718Eur54A1X9PQz9&#10;KOZvarjDRk0Ly20AXacCP+a1zzc1cSqcfuDEKfH6nFDHsbj4BQAA//8DAFBLAwQUAAYACAAAACEA&#10;7f4w5uAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLoilLVKhpemE0Djs&#10;BmMCccsa01YkTmnSrePp8U5wsqz/0+/P1XJ2VuxxDL0nBekiAYHUeNNTq2D7+nR9ByJETUZbT6jg&#10;iAGW9flZpUvjD/SC+01sBZdQKLWCLsahlDI0HTodFn5A4uzTj05HXsdWmlEfuNxZmSVJLp3uiS90&#10;esDHDpuvzeQUmNX00bzL721YH9erZ/sT37KrQqnLi/nhHkTEOf7BcNJndajZaecnMkFYBcVNnjPK&#10;QcaTgeI2TUHsFORJDrKu5P8P6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5X91/H4C&#10;AABeBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA7f4w&#10;5uAAAAAJAQAADwAAAAAAAAAAAAAAAADYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#099" stroked="f" strokeweight="1pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
-      <w:rPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="29FB1704" w14:textId="77777777" w:rsidR="00370CEE" w:rsidRPr="00EB4781" w:rsidRDefault="00370CEE" w:rsidP="00C64F7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4781">
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6B07DD9E" w14:textId="77777777" w:rsidR="00370CEE" w:rsidRPr="00EB4781" w:rsidRDefault="00370CEE" w:rsidP="00C64F7F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB4781">
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="472E5E73" w14:textId="57C44F48" w:rsidR="00123C09" w:rsidRPr="009B425D" w:rsidRDefault="009B425D" w:rsidP="009B425D">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009B425D">
+      <w:rPr>
+        <w:rStyle w:val="Refdenotaalfinal"/>
         <w:noProof/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
-[...121 lines deleted...]
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AD14AD8" wp14:editId="5A312B64">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EE843E2" wp14:editId="4D8AEF56">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>5062220</wp:posOffset>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>-57150</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-351790</wp:posOffset>
+                <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="570230" cy="321310"/>
-              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:extent cx="7629525" cy="171450"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="9" name="Text Box 5"/>
-[...2 lines deleted...]
-              </wp:cNvGraphicFramePr>
+              <wp:docPr id="2" name="Rectángulo 2"/>
+              <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1">
-[...2 lines deleted...]
-                    <wps:spPr bwMode="auto">
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="570230" cy="321310"/>
+                        <a:ext cx="7629525" cy="171450"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:noFill/>
+                      <a:solidFill>
+                        <a:srgbClr val="009999"/>
+                      </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
-                    <wps:txbx>
-[...67 lines deleted...]
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1">
+                    <wps:style>
+                      <a:lnRef idx="2">
+                        <a:schemeClr val="accent1">
+                          <a:shade val="50000"/>
+                        </a:schemeClr>
+                      </a:lnRef>
+                      <a:fillRef idx="1">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="lt1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="4AD14AD8" id="Text Box 5" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:398.6pt;margin-top:-27.7pt;width:44.9pt;height:25.3pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwZNUD2gEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu3CAQfa/Uf0C8d31Z9SJrvVGaKFWl&#10;9CKl+QCMwUa1GTqwa2+/vgNeb9r0reoLGmbgcM6ZYXc1jwM7KvQGbM2LTc6ZshJaY7uaP367e/WO&#10;Mx+EbcUAVtX8pDy/2r98sZtcpUroYWgVMgKxvppczfsQXJVlXvZqFH4DTlkqasBRBNpil7UoJkIf&#10;h6zM8zfZBNg6BKm8p+ztUuT7hK+1kuGL1l4FNtScuIW0YlqbuGb7nag6FK438kxD/AOLURhLj16g&#10;bkUQ7IDmL6jRSAQPOmwkjBlobaRKGkhNkT9T89ALp5IWMse7i03+/8HKz8cH9xVZmN/DTA1MIry7&#10;B/ndMws3vbCdukaEqVeipYeLaFk2OV+dr0arfeUjSDN9gpaaLA4BEtCscYyukE5G6NSA08V0NQcm&#10;Kfn6bV5uqSKptC2LbZGakolqvezQhw8KRhaDmiP1NIGL470PkYyo1iPxLQt3ZhhSXwf7R4IOxkwi&#10;H/kuzMPczMy0NS+jsqilgfZEahCWaaHppqAH/MnZRJNSc//jIFBxNny05EgcqzXANWjWQFhJV2su&#10;A3K2bG7CMoAHh6brCXtx3cI1+aZN0vTE40yY+p+knmc1Dtjv+3Tq6UftfwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAKUM26XgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tuwjAQRfeV+g/WVGJTgQOC&#10;Jk3jIB6CrroI7QeYeEgi4nEUG0j79R1W7XJmju6cmy0H24or9r5xpGA6iUAglc40VCn4+tyNExA+&#10;aDK6dYQKvtHDMn98yHRq3I0KvB5CJTiEfKoV1CF0qZS+rNFqP3EdEt9Orrc68NhX0vT6xuG2lbMo&#10;epFWN8Qfat3hpsbyfLhYBbgq3M/H2e9tsd5u9qeG8Fm+KzV6GlZvIAIO4Q+Guz6rQ85OR3ch40Wr&#10;IH6NZ4wqGC8WcxBMJEnM7Y68mScg80z+r5D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ALBk1QPaAQAAmQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKUM26XgAAAACgEAAA8AAAAAAAAAAAAAAAAANAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
-[...68 lines deleted...]
-            </v:shape>
+            <v:rect w14:anchorId="6C061AC2" id="Rectángulo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-4.5pt;margin-top:0;width:600.75pt;height:13.5pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzvNgQnQIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtuGzEM3RfoHQTtm/nAThoj48BIkKJA&#10;kAT5IGtZI3kEaERVkj12b9Oz9GKlNJ+kadBFUS9kUSQfyTckz873rSY74bwCU9HiKKdEGA61MpuK&#10;Pj1effpMiQ/M1EyDERU9CE/Plx8/nHV2IUpoQNfCEQQxftHZijYh2EWWed6IlvkjsMKgUoJrWUDR&#10;bbLasQ7RW52VeX6cdeBq64AL7/H1slfSZcKXUvBwK6UXgeiKYm4hnS6d63hmyzO22DhmG8WHNNg/&#10;ZNEyZTDoBHXJAiNbp/6AahV34EGGIw5tBlIqLlINWE2Rv6nmoWFWpFqQHG8nmvz/g+U3uztHVF3R&#10;khLDWvxE90jazx9ms9VAykhQZ/0C7R7snRskj9dY7V66Nv5jHWSfSD1MpIp9IBwfT47L03k5p4Sj&#10;rjgpZvPEevbibZ0PXwS0JF4q6jB+4pLtrn3AiGg6msRgHrSqr5TWSXCb9YV2ZMfiB85P8RdTRpff&#10;zLSJxgaiW6+OL1msrK8l3cJBi2inzb2QSApmX6ZMUjuKKQ7jXJhQ9KqG1aIPP8/xN0aPDRw9Ui4J&#10;MCJLjD9hDwCjZQ8yYvdZDvbRVaRunpzzvyXWO08eKTKYMDm3yoB7D0BjVUPk3n4kqacmsrSG+oAt&#10;46CfJW/5lcLvds18uGMOhwfHDBdCuMVDaugqCsONkgbc9/feoz32NGop6XAYK+q/bZkTlOivBrv9&#10;tJjN4vQmYTY/KVFwrzXr1xqzbS8A26HA1WN5ukb7oMerdNA+495YxaioYoZj7Iry4EbhIvRLAjcP&#10;F6tVMsOJtSxcmwfLI3hkNfbl4/6ZOTs0b8C2v4FxcNniTQ/3ttHTwGobQKrU4C+8DnzjtKfGGTZT&#10;XCev5WT1sj+XvwAAAP//AwBQSwMEFAAGAAgAAAAhAF7LIV/gAAAABwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1lbig1mkkfhKyqRAqh96gVCBubrwkUe11iJ027dPXPcFlpdGMZr4t&#10;FqM1Yk+9bx0jzGcJCOLK6ZZrhM3H6/QRhA+KtTKOCeFIHhbl9VWhcu0O/E77dahFLGGfK4QmhC6X&#10;0lcNWeVnriOO3o/rrQpR9rXUvTrEcmtkmiT30qqW40KjOnppqNqtB4ugl8N39SV/N351XC3fzCl8&#10;prcZ4s1kfH4CEWgMf2G44Ed0KCPT1g2svTAI0yy+EhDivbjzLL0DsUVIHxKQZSH/85dnAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADO82BCdAgAAhwUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAF7LIV/gAAAABwEAAA8AAAAAAAAAAAAAAAAA9wQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;" fillcolor="#099" stroked="f" strokeweight="1pt">
+              <w10:wrap anchorx="page"/>
+            </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+    <w:r w:rsidR="00123C09" w:rsidRPr="009B425D">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:t xml:space="preserve">REVISTA CIENCIAS BÁSICAS </w:t>
+    </w:r>
+    <w:r w:rsidR="00DF15BB">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:t>EN SALUD</w:t>
+    </w:r>
   </w:p>
-</w:ftr>
-[...29 lines deleted...]
-  <w:p w14:paraId="207649B4" w14:textId="57B5866B" w:rsidR="00E64DF1" w:rsidRDefault="002E66F9">
+  <w:p w14:paraId="48CCE5FE" w14:textId="3F9CCBC1" w:rsidR="00C64F7F" w:rsidRPr="00EB4781" w:rsidRDefault="00C64F7F" w:rsidP="009029E4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4419"/>
+        <w:tab w:val="clear" w:pos="8838"/>
+        <w:tab w:val="left" w:pos="2205"/>
+      </w:tabs>
     </w:pPr>
-    <w:r>
-[...112 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00697B6D"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:nsid w:val="0ACB314A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="666E124A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="063021FF"/>
-[...200 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AD428D1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="116CE246"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo2"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -1612,54 +1337,54 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0B363602"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CE95F6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="581EFE4A"/>
+    <w:tmpl w:val="903001F8"/>
     <w:lvl w:ilvl="0" w:tplc="240A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
@@ -1725,2423 +1450,1188 @@
     <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...229 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="240A000F">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="297D527C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3940B598"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="316519D6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BE7AFAB8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="240A000F" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0019" w:tentative="1">
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A001B" w:tentative="1">
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="240A000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47D21855"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6C684C1C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="483F5544"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C046C89A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E4B1B62"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5E50A694"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="125D1E16"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:nsid w:val="62064B66"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="96F49528"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1391576A"/>
-[...25 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="00C02794">
+    <w:nsid w:val="6A16267D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6F8CBAA0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:firstLine="0"/>
-[...174 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="19976285"/>
+    <w:nsid w:val="71C61B8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8F6A4C0C"/>
-[...226 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="8E70F82E">
+    <w:tmpl w:val="CD441F20"/>
+    <w:lvl w:ilvl="0" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1060" w:hanging="700"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="040A0019">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="040A001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="040A000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="240A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="040A0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="040A001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="040A000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="240A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="040A0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="040A001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...1331 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="19229768">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76AE5484"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="23469766"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1065" w:hanging="705"/>
-[...7 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="240A000F" w:tentative="1">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0019" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A001B" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="240A000F" w:tentative="1">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4BC75376"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F220D14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3C20048C"/>
+    <w:tmpl w:val="B8EA979A"/>
     <w:lvl w:ilvl="0" w:tplc="240A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
@@ -4207,2452 +2697,349 @@
     <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-[...880 lines deleted...]
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1006597593">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="834999850">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2008054701">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="573052952">
-[...23 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="297103138">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1631327477">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="889421613">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="835924803">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1757510164">
-[...71 lines deleted...]
-  <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="120"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-MX" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="es-CO" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A54EDC"/>
-[...1314 lines deleted...]
-    <w:rsid w:val="00FF63E8"/>
+    <w:rsidRoot w:val="00C64F7F"/>
+    <w:rsid w:val="00017686"/>
+    <w:rsid w:val="000302B8"/>
+    <w:rsid w:val="000411A5"/>
+    <w:rsid w:val="000534D3"/>
+    <w:rsid w:val="00072B8E"/>
+    <w:rsid w:val="000847EC"/>
+    <w:rsid w:val="000879DD"/>
+    <w:rsid w:val="00097EF4"/>
+    <w:rsid w:val="000B1DA1"/>
+    <w:rsid w:val="000D7351"/>
+    <w:rsid w:val="000E3E54"/>
+    <w:rsid w:val="000F5D88"/>
+    <w:rsid w:val="00123C09"/>
+    <w:rsid w:val="00143E99"/>
+    <w:rsid w:val="00146144"/>
+    <w:rsid w:val="0016391A"/>
+    <w:rsid w:val="00195E22"/>
+    <w:rsid w:val="001A09A9"/>
+    <w:rsid w:val="001A23FB"/>
+    <w:rsid w:val="001E2B5A"/>
+    <w:rsid w:val="001F5674"/>
+    <w:rsid w:val="00277E10"/>
+    <w:rsid w:val="00280B5F"/>
+    <w:rsid w:val="0028304C"/>
+    <w:rsid w:val="002908B4"/>
+    <w:rsid w:val="002B64A4"/>
+    <w:rsid w:val="002B71A1"/>
+    <w:rsid w:val="003242C0"/>
+    <w:rsid w:val="00333D03"/>
+    <w:rsid w:val="003556B0"/>
+    <w:rsid w:val="00370CEE"/>
+    <w:rsid w:val="00380F03"/>
+    <w:rsid w:val="00381109"/>
+    <w:rsid w:val="003842ED"/>
+    <w:rsid w:val="003A4336"/>
+    <w:rsid w:val="003A755B"/>
+    <w:rsid w:val="003E5404"/>
+    <w:rsid w:val="003F41A8"/>
+    <w:rsid w:val="004154EA"/>
+    <w:rsid w:val="00421547"/>
+    <w:rsid w:val="00422D58"/>
+    <w:rsid w:val="0045182D"/>
+    <w:rsid w:val="00456C12"/>
+    <w:rsid w:val="004624EA"/>
+    <w:rsid w:val="0047038E"/>
+    <w:rsid w:val="00475100"/>
+    <w:rsid w:val="00486BD2"/>
+    <w:rsid w:val="00497842"/>
+    <w:rsid w:val="004B602D"/>
+    <w:rsid w:val="004B78E1"/>
+    <w:rsid w:val="004F6300"/>
+    <w:rsid w:val="005220A3"/>
+    <w:rsid w:val="00522528"/>
+    <w:rsid w:val="0055056A"/>
+    <w:rsid w:val="005621B5"/>
+    <w:rsid w:val="00586A5A"/>
+    <w:rsid w:val="00593CF1"/>
+    <w:rsid w:val="0059516D"/>
+    <w:rsid w:val="00595452"/>
+    <w:rsid w:val="005F3BB5"/>
+    <w:rsid w:val="006033DC"/>
+    <w:rsid w:val="00616648"/>
+    <w:rsid w:val="00625902"/>
+    <w:rsid w:val="00630901"/>
+    <w:rsid w:val="00633114"/>
+    <w:rsid w:val="00657D0B"/>
+    <w:rsid w:val="0067444D"/>
+    <w:rsid w:val="00683F04"/>
+    <w:rsid w:val="006B1962"/>
+    <w:rsid w:val="006C0E38"/>
+    <w:rsid w:val="006C29C2"/>
+    <w:rsid w:val="006E0F0F"/>
+    <w:rsid w:val="00726BD2"/>
+    <w:rsid w:val="0074531D"/>
+    <w:rsid w:val="00751080"/>
+    <w:rsid w:val="00786111"/>
+    <w:rsid w:val="007E3003"/>
+    <w:rsid w:val="0081204C"/>
+    <w:rsid w:val="008205BD"/>
+    <w:rsid w:val="0084071B"/>
+    <w:rsid w:val="008462ED"/>
+    <w:rsid w:val="00874D61"/>
+    <w:rsid w:val="00893AFE"/>
+    <w:rsid w:val="00896943"/>
+    <w:rsid w:val="008A2169"/>
+    <w:rsid w:val="008A59B2"/>
+    <w:rsid w:val="008D362F"/>
+    <w:rsid w:val="008F5028"/>
+    <w:rsid w:val="009029E4"/>
+    <w:rsid w:val="009163DD"/>
+    <w:rsid w:val="009240AE"/>
+    <w:rsid w:val="00942A34"/>
+    <w:rsid w:val="00993459"/>
+    <w:rsid w:val="009A2752"/>
+    <w:rsid w:val="009B425D"/>
+    <w:rsid w:val="009E51D4"/>
+    <w:rsid w:val="009F5B8D"/>
+    <w:rsid w:val="00A04C05"/>
+    <w:rsid w:val="00A10490"/>
+    <w:rsid w:val="00A15E53"/>
+    <w:rsid w:val="00A41CC1"/>
+    <w:rsid w:val="00A47CA7"/>
+    <w:rsid w:val="00A552F7"/>
+    <w:rsid w:val="00A7377E"/>
+    <w:rsid w:val="00A74F51"/>
+    <w:rsid w:val="00A764F0"/>
+    <w:rsid w:val="00A83DF2"/>
+    <w:rsid w:val="00A921BD"/>
+    <w:rsid w:val="00AB21DF"/>
+    <w:rsid w:val="00AB758E"/>
+    <w:rsid w:val="00AE0A48"/>
+    <w:rsid w:val="00AF0EE3"/>
+    <w:rsid w:val="00AF6338"/>
+    <w:rsid w:val="00B37139"/>
+    <w:rsid w:val="00B45DE9"/>
+    <w:rsid w:val="00B52F42"/>
+    <w:rsid w:val="00B743FF"/>
+    <w:rsid w:val="00B87FAE"/>
+    <w:rsid w:val="00BA7B7D"/>
+    <w:rsid w:val="00BD5727"/>
+    <w:rsid w:val="00BF12E0"/>
+    <w:rsid w:val="00BF78EF"/>
+    <w:rsid w:val="00BF7F7E"/>
+    <w:rsid w:val="00C158EA"/>
+    <w:rsid w:val="00C2753F"/>
+    <w:rsid w:val="00C353D0"/>
+    <w:rsid w:val="00C42266"/>
+    <w:rsid w:val="00C45463"/>
+    <w:rsid w:val="00C64F7F"/>
+    <w:rsid w:val="00C80466"/>
+    <w:rsid w:val="00C80F20"/>
+    <w:rsid w:val="00C877F5"/>
+    <w:rsid w:val="00CC0368"/>
+    <w:rsid w:val="00CC26CE"/>
+    <w:rsid w:val="00CE2723"/>
+    <w:rsid w:val="00D015D2"/>
+    <w:rsid w:val="00D05476"/>
+    <w:rsid w:val="00D167C3"/>
+    <w:rsid w:val="00D4630E"/>
+    <w:rsid w:val="00D56612"/>
+    <w:rsid w:val="00D56E71"/>
+    <w:rsid w:val="00D65956"/>
+    <w:rsid w:val="00DB6AEB"/>
+    <w:rsid w:val="00DD04F6"/>
+    <w:rsid w:val="00DD0E8F"/>
+    <w:rsid w:val="00DF15BB"/>
+    <w:rsid w:val="00E03CEA"/>
+    <w:rsid w:val="00E03D2D"/>
+    <w:rsid w:val="00E045F5"/>
+    <w:rsid w:val="00E20A2C"/>
+    <w:rsid w:val="00E27B68"/>
+    <w:rsid w:val="00E34FCF"/>
+    <w:rsid w:val="00E441E9"/>
+    <w:rsid w:val="00E512A8"/>
+    <w:rsid w:val="00E53874"/>
+    <w:rsid w:val="00E636A9"/>
+    <w:rsid w:val="00E92AF1"/>
+    <w:rsid w:val="00EA0022"/>
+    <w:rsid w:val="00EB4781"/>
+    <w:rsid w:val="00EB707B"/>
+    <w:rsid w:val="00ED4E8F"/>
+    <w:rsid w:val="00EE2C71"/>
+    <w:rsid w:val="00F17316"/>
+    <w:rsid w:val="00F266D3"/>
+    <w:rsid w:val="00F55A57"/>
+    <w:rsid w:val="00F63DA8"/>
+    <w:rsid w:val="00FC404B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-CO" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="45FA634A"/>
-  <w15:docId w15:val="{C754F0DD-4E40-4C6A-BAFC-FEEB24D6DE50}"/>
+  <w14:docId w14:val="5A9A162F"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{B7E2400A-09EE-4CCF-BF8B-B1A5907A8656}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6675,51 +3062,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6763,76 +3150,76 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -6876,50 +3263,59 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -6975,1150 +3371,1116 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA0E52"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00893AFE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00614BD5"/>
+    <w:rsid w:val="00D167C3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
-        <w:numId w:val="18"/>
+        <w:numId w:val="12"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="567" w:hanging="567"/>
-      <w:jc w:val="left"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="B03535"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A963BE"/>
+    <w:rsid w:val="00D167C3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="18"/>
+        <w:numId w:val="12"/>
       </w:numPr>
-      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="567" w:hanging="567"/>
-      <w:jc w:val="left"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A963BE"/>
+    <w:rsid w:val="00D167C3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="18"/>
+        <w:numId w:val="12"/>
       </w:numPr>
-      <w:spacing w:after="120"/>
+      <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="567" w:hanging="567"/>
-      <w:jc w:val="left"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...20 lines deleted...]
-      <w:u w:val="single"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006A793E"/>
+    <w:rsid w:val="00D167C3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="18"/>
+        <w:numId w:val="12"/>
       </w:numPr>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="40" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="993" w:hanging="993"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
-      <w:lang w:val="en-US"/>
+      <w:lang w:val="en-US" w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prrafobsico">
+    <w:name w:val="[Párrafo básico]"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A54EDC"/>
+    <w:rsid w:val="00C64F7F"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A54EDC"/>
+    <w:rsid w:val="00C64F7F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A54EDC"/>
+    <w:rsid w:val="00C64F7F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A54EDC"/>
+    <w:rsid w:val="00C64F7F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A54EDC"/>
+    <w:rsid w:val="00C64F7F"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
-    <w:name w:val="Strong"/>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:uiPriority w:val="22"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C47CC6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006C0E38"/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
-[...3 lines deleted...]
-    <w:link w:val="PrrafodelistaCar"/>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003242C0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="es-EC"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sinespaciado">
+    <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00366BAC"/>
+    <w:rsid w:val="003A755B"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotapie">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotapieCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00366BAC"/>
+    <w:rsid w:val="00333D03"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
     <w:name w:val="Texto nota pie Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textonotapie"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00366BAC"/>
+    <w:rsid w:val="00333D03"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00366BAC"/>
+    <w:rsid w:val="00333D03"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00333D03"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextoindependienteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00333D03"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
+    <w:name w:val="Texto independiente Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00333D03"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliografa">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B52F42"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdecomentario">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B52F42"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotaalfinal">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotaalfinalCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008A35F6"/>
+    <w:rsid w:val="00123C09"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextonotaalfinalCar">
     <w:name w:val="Texto nota al final Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textonotaalfinal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008A35F6"/>
+    <w:rsid w:val="00123C09"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalfinal">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008A35F6"/>
+    <w:rsid w:val="00123C09"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sinespaciado">
-[...1 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00D61AC2"/>
+    <w:rsid w:val="00C80F20"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...6 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003F41A8"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...38 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00614BD5"/>
+    <w:rsid w:val="00D167C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="B03535"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A963BE"/>
+    <w:rsid w:val="00D167C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A963BE"/>
+    <w:rsid w:val="00D167C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
     </w:rPr>
-  </w:style>
-[...115 lines deleted...]
-    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
     <w:name w:val="Título 5 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo5"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006A793E"/>
+    <w:rsid w:val="00D167C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
-      <w:lang w:val="en-US"/>
-[...33 lines deleted...]
-      <w:lang w:val="es-ES" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="239876817">
+    <w:div w:id="100297432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="351497584">
+    <w:div w:id="165441428">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="684136562">
+    <w:div w:id="171847467">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="763576341">
+    <w:div w:id="320355455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="987828821">
+    <w:div w:id="320893785">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1306230065">
+    <w:div w:id="473371505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1547639355">
+    <w:div w:id="486631372">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1669552059">
+    <w:div w:id="526724811">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1782872226">
+    <w:div w:id="611668505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1783914346">
+    <w:div w:id="717780934">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="751120678">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="900797205">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1039211079">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1488547058">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1594512009">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1718773977">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2096632892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2105492920">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2106416851">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2146895615">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2147311393">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76D0E318-9AA4-FA46-93BE-541FF6459123}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C23551D3-696E-4505-8D39-3288EC92826E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>127</Words>
-  <Characters>704</Characters>
+  <Words>159</Words>
+  <Characters>880</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>InKulpado666</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>830</CharactersWithSpaces>
+  <CharactersWithSpaces>1037</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>user</dc:creator>
+  <dc:subject/>
+  <dc:creator>Revista de Investigación en Salud Vive</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>