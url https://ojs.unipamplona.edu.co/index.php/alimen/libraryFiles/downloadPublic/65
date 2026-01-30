--- v0 (2025-11-04)
+++ v1 (2026-01-30)
@@ -1,2690 +1,6946 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="6D0DD20B" w14:textId="77777777" w:rsidR="00A92109" w:rsidRPr="00A92109" w:rsidRDefault="00A92109" w:rsidP="00A92109">
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
       <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>INFORMACIÓN DE LOS AUTORES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FB96D3B" w14:textId="17A0566A" w:rsidR="00A92109" w:rsidRPr="00BB441B" w:rsidRDefault="00A92109" w:rsidP="00BB441B">
+    <w:p w:rsidR="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
       <w:pPr>
-        <w:pStyle w:val="Sinespaciado"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB441B">
+      <w:r w:rsidRPr="00FE0A26">
         <w:rPr>
-          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>Estimados miembros del Comité Científico:</w:t>
+        <w:t xml:space="preserve">A continuación, se debe registrar la información de cada autor en el orden en que aparece en el manuscrito. el formato incluye espacios predeterminados para dos autores; si el número de autores es menor, elimine los campos sobrantes; si es mayor, duplique uno de los cuadros para añadir los autores adicionales. el autor de correspondencia (solo uno) debe identificarse en primer lugar, ya que será responsable de toda la comunicación con la revista </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6F06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>@limentech</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y del contacto con lectores o investigadores interesados en el estudio una vez publicado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF685F2" w14:textId="77777777" w:rsidR="00BB441B" w:rsidRDefault="00BB441B" w:rsidP="00BB441B">
+    <w:p w:rsidR="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
       <w:pPr>
-        <w:pStyle w:val="Sinespaciado"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...795 lines deleted...]
-        <w:pStyle w:val="Sinespaciado"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2547"/>
-        <w:gridCol w:w="6847"/>
+        <w:gridCol w:w="1696"/>
+        <w:gridCol w:w="7132"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="32FF0DC9" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...2 lines deleted...]
-            <w:tcW w:w="9394" w:type="dxa"/>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="00FE0A26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
-[...14 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="006D1A03">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...1 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Datos del artículo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="1A0F8790" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...35 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="00FE0A26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="006D1A03">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Título del artículo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7132" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00070CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Título en minúscula</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="39A86627" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...333 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="00FE0A26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="006D1A03">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Tipo de artículo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7132" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00070CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Investigación, revisión </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E349A29" w14:textId="77777777" w:rsidR="00A53964" w:rsidRDefault="00A53964" w:rsidP="00A53964">
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
       <w:pPr>
-        <w:pStyle w:val="Sinespaciado"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4507"/>
+        <w:gridCol w:w="4321"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="00FE0A26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Autor 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Nombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Apellidos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Nacionalidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>País de Nacimiento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Fecha de Nacimiento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Numero de Documento de Identidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Tipo de Documento (Cedula de Ciudadanía, Tarjeta de Identidad, Cedula de Extranjería, Pasaporte)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Afiliación Institucional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nivel de Formación (Primario incompleta, Primario, Secundario, Técnico nivel medio, Técnico nivel superior, Pregrado/Universitario, Perfeccionamiento, Especialización, magíster, Doctorado, Postdoctorado, Cursos de corta duración, Extensión, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>MBA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>, Jefe de Cátedra, Otros)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Teléfono/Celular</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Correo Electrónico Institucional y/o Personal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>ORCID</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4507"/>
+        <w:gridCol w:w="4321"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="00FE0A26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Autor 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Nombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Apellidos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Nacionalidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>País de Nacimiento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Fecha de Nacimiento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Numero de Documento de Identidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Tipo de Documento (Cedula de Ciudadanía, Tarjeta de Identidad, Cedula de Extranjería, Pasaporte)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Afiliación Institucional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nivel de Formación (Primario incompleta, Primario, Secundario, Técnico nivel medio, Técnico nivel superior, Pregrado/Universitario, Perfeccionamiento, Especialización, magíster, Doctorado, Postdoctorado, Cursos de corta duración, Extensión, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>MBA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>, Jefe de Cátedra, Otros)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Teléfono/Celular</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Correo Electrónico Institucional y/o Personal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>ORCID</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Observación 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Completar la tabla anterior para cada escritor del documento científico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Observación 2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Si no posee un perfil de ORCID, es necesario que lo genere.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Contribución de los autores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="00070CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00070CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>limentech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="FF6600"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adopta la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00070CD6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:iCs/>
+            <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+          </w:rPr>
+          <w:t xml:space="preserve">taxonomía </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00070CD6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:iCs/>
+            <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+          </w:rPr>
+          <w:t>CRediT</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para describir las contribuciones individuales de cada autor al trabajo. El autor de correspondencia es responsable de proporcionar las contribuciones de todos los autores. Esperamos que todos los autores hayan revisado, discutido y aceptado sus contribuciones individuales. Las contribuciones se publicarán con el artículo final y deben reflejar fielmente las contribuciones al trabajo. Considere lo siguiente: Las contribuciones de los autores deben completarse si el artículo está firmado por más de un autor; marque la casilla correspondiente a la contribución de cada autor y de acuerdo con la naturaleza del estudio (si un autor participó en todas las etapas, marque todas las casillas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9405" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2547"/>
-        <w:gridCol w:w="6847"/>
+        <w:gridCol w:w="435"/>
+        <w:gridCol w:w="2449"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="06419D6E" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="00FE0A26">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Id</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Rol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Autor 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Autor 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Autor 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Autor 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Autor 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Autor 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Autor 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Conceptualización</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Tratamiento de datos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Análisis formal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="4BC18B96" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...6 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...20 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Adquisición de fondos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Investigación</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="7CC68864" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...6 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...20 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Metodología</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Administración</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00070CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del proyecto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="5DFF0643" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...6 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...20 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Recursos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="61355246" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...6 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...20 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Supervisión</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Validación</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="3E502E6C" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...6 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...20 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Visualización</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Redacción, borrador original</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53964" w:rsidRPr="00BB441B" w14:paraId="149AFB8B" w14:textId="77777777" w:rsidTr="00C24BFA">
-[...6 lines deleted...]
-              <w:pStyle w:val="Sinespaciado"/>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2449" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
-[...163 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="00070CD6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+                </w:rPr>
+                <w:t>Redacción, revisión y edición</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="353C0D3D" w14:textId="77777777" w:rsidR="00A53964" w:rsidRDefault="00A53964" w:rsidP="00A53964">
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
       <w:pPr>
-        <w:pStyle w:val="Sinespaciado"/>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0661CFCA" w14:textId="2EB4DC17" w:rsidR="00041BBE" w:rsidRPr="00A92109" w:rsidRDefault="00041BBE" w:rsidP="00A92109">
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Sugerencias de pares evaluadores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00041BBE" w:rsidRPr="00A92109" w:rsidSect="004D596D">
-[...4 lines deleted...]
-      <w:pgMar w:top="2665" w:right="1418" w:bottom="1985" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Con el fin de garantizar una evaluación especializada y de calidad, los autores pueden sugerir a la </w:t>
+      </w:r>
+      <w:r w:rsidR="00070CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Revista @</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00070CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>limentech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el perfil académico y temático de los posibles revisores de su manuscrito. Asimismo, pueden proponer pares evaluadores que cumplan con dicho perfil, declarando no tener conflictos de interés y asegurando que estos no conocen la investigación ni el contenido del manuscrito. Los autores reconocen que el equipo editorial podrá contactarlos y se comprometen a respetar la modalidad de evaluación doble ciego establecida por la revista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2151"/>
+        <w:gridCol w:w="6677"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="00FE0A26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Evaluador 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Nombre completo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="2F5496"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>E-mail institucional/personal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="2F5496"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="2F5496"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Orcid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o CvLAC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="2F5496"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="00FE0A26">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Evaluador 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Nombre completo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="2F5496"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>E-mail institucional/personal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="2F5496"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="2F5496"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Orcid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o CvLAC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="2F5496"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Times New Roman" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>En constancia de lo manifestado y con pleno conocimiento del proceso, todos los autores firmamos esta carta:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2277"/>
+        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="2277"/>
+        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="2277"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:trHeight w:val="907"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Insertar firma aquí</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Insertar firma aquí</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Insertar firma aquí</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidTr="006D1A03">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Nombre completo autor 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Nombre completo autor 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0A26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>Nombre completo autor 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FE0A26" w:rsidRPr="00FE0A26" w:rsidRDefault="00FE0A26" w:rsidP="00FE0A26">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD107B" w:rsidRDefault="00DD107B"/>
+    <w:sectPr w:rsidR="00DD107B">
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DD7F442" w14:textId="77777777" w:rsidR="00E66042" w:rsidRDefault="00E66042" w:rsidP="00A54EDC">
+    <w:p w:rsidR="007E1165" w:rsidRDefault="007E1165" w:rsidP="00550FC9">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D2C5537" w14:textId="77777777" w:rsidR="00E66042" w:rsidRDefault="00E66042" w:rsidP="00A54EDC">
+    <w:p w:rsidR="007E1165" w:rsidRDefault="007E1165" w:rsidP="00550FC9">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...697 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="124C342A" w14:textId="77777777" w:rsidR="00E66042" w:rsidRDefault="00E66042" w:rsidP="00A54EDC">
+    <w:p w:rsidR="007E1165" w:rsidRDefault="007E1165" w:rsidP="00550FC9">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="315D7C8E" w14:textId="77777777" w:rsidR="00E66042" w:rsidRDefault="00E66042" w:rsidP="00A54EDC">
+    <w:p w:rsidR="007E1165" w:rsidRDefault="007E1165" w:rsidP="00550FC9">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="207649B4" w14:textId="7BD94132" w:rsidR="00E64DF1" w:rsidRDefault="00A92109">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00550FC9" w:rsidRDefault="00550FC9">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="00550FC9">
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A35F97B" wp14:editId="33B0DDAB">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>4508656</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-612775</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1684020" cy="1397000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1223976065" name="Imagen 1223976065"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Imagen 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1684020" cy="1397000"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00550FC9">
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58A709D5" wp14:editId="79D67DC2">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="387EBC2E" wp14:editId="71060634">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:posOffset>-157480</wp:posOffset>
+                <wp:posOffset>-291933</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>730250</wp:posOffset>
+                <wp:posOffset>299384</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6286500" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1853254086" name="Conector recto 5"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm flipH="1" flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="6286500" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
@@ -2694,5537 +6950,148 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="5325C611" id="Conector recto 5" o:spid="_x0000_s1026" style="position:absolute;flip:x y;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-12.4pt,57.5pt" to="482.6pt,57.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDihV/0xAEAAOkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815INxEgFyznESHMo&#10;2qBtcqeppUWAL5CMJf99lytbCZqiQIteCD52hjPD5eZmtIYdISbtXcuXi5ozcNJ32h1a/vjj7sM1&#10;ZykL1wnjHbT8BInfbN+/2wyhgZXvvekgMiRxqRlCy/ucQ1NVSfZgRVr4AA4PlY9WZFzGQ9VFMSC7&#10;NdWqrtfV4GMXopeQEu7upkO+JX6lQOavSiXIzLQctWUaI437MlbbjWgOUYRey7MM8Q8qrNAOL52p&#10;diIL9hz1GyqrZfTJq7yQ3lZeKS2BPKCbZf2Lm++9CEBeMJwU5pjS/6OVX4637iFiDENITQoPsbgY&#10;VbRMGR3u8U05zZ7KrJyhZjZSgKc5QBgzk7i5Xl2vr2rMWV7OqomsAENM+RN4y8qk5Ua74k004vg5&#10;ZRSApZeSsm1cGZM3urvTxtAiHva3JrKjwNf8uNrVV/SACHxVhqsCrV780CyfDEy030Ax3aHayQ+1&#10;Gsy0QkpweVkag5iwusAUSpiBNen+I/BcX6BAbfg34BlBN3uXZ7DVzsff3Z7Hi2Q11V8SmHyXCPa+&#10;O9FLUzTYT+Tw3PulYV+vCf7yQ7c/AQAA//8DAFBLAwQUAAYACAAAACEAknzFyuAAAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBW7vp9g8asylS6cmCtBb0uM2OSTA7G7KbNvHT&#10;O4Kgx3nv8eb3svXgGnHGLtSeNMymCQikwtuaSg3H1+3kDkSIhqxpPKGGEQOs8+urzKTWX2iP50Ms&#10;BZdQSI2GKsY2lTIUFToTpr5FYu/Dd85EPrtS2s5cuNw1UiXJSjpTE3+oTIubCovPQ+80FMfd7vlp&#10;fO/nL/M3s9iMavvVK61vb4bHBxARh/gXhh98RoecmU6+JxtEo2GiFowe2ZgteRQn7ldLBeL0q8g8&#10;k/835N8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4oVf9MQBAADpAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAknzFyuAAAAALAQAADwAAAAAA&#10;AAAAAAAAAAAeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#92d050">
+            <v:line w14:anchorId="3EE34696" id="Conector recto 5" o:spid="_x0000_s1026" style="position:absolute;flip:x y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-23pt,23.55pt" to="472pt,23.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+xora4wEAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu0zAQ3SPxD5b3NGmgVYma3kWrCwsE&#10;Fa+964wbS35pbPr4e8ZOG64AIYHYOB57zvGcM5P1w8UadgKM2ruOz2c1Z+Ck77U7dvzL58cXK85i&#10;Eq4Xxjvo+BUif9g8f7Y+hxYaP3jTAzIicbE9h44PKYW2qqIcwIo48wEcXSqPViQK8Vj1KM7Ebk3V&#10;1PWyOnvsA3oJMdLpbrzkm8KvFMj0QakIiZmOU22prFjWQ16rzVq0RxRh0PJWhviHKqzQjh6dqHYi&#10;CfYN9S9UVkv00as0k95WXiktoWggNfP6JzWfBhGgaCFzYphsiv+PVr4/7ZHpnnq3WrxsFq/q1ZIz&#10;Jyz1aksdk8kjw/xhi2zWOcSWMFu3x1sUwx6z8otCy5TR4S1x8bL7mnf5jnSySzH9OpkOl8QkHS6b&#10;1XJRU2/k/a4ayTIwYExvwFuWNx032mU/RCtO72KiAij1npKPjctr9Eb3j9qYEuDxsDXIToIm4HWz&#10;qxel6QR8kkZRhlZZ3ain7NLVwEj7ERSZRNWOesp4wkQrpASX5tmfwkTZGaaohAlYl7r/CLzlZyiU&#10;0f0b8IQoL3uXJrDVzuPvXk+Xe8lqzL87MOrOFhx8fy2dLtbQDBaFt/8lD/nTuMB//NWb7wAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAHoJ7SjeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO+V&#10;+g4rI/UGG6oI2pAN6o966qEiRZW4maxJIrLeKLtA+vZ11UM5ejwef5OvR9epMw2h9WxgPktAEVfe&#10;tlwb2H6+TR9AhYhssfNMBr4pwLq4vckxs/7CGzqXsVYSwiFDA02MfaZ1qBpyGGa+J5bdwQ8Oo4xD&#10;re2AFwl3nb5PkoV22LJ8aLCnl4aqY3lygrF7xfB+tB9fm+3u0OkwLnX5bMzdZHxagYo0xn8z/OLL&#10;DRTCtPcntkF1BqbpQrpEA+lyDkoMj2kqwv5P0EWurxsUPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB+xora4wEAAB0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQB6Ce0o3gAAAAkBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" strokecolor="#92d050" strokeweight=".5pt">
+              <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
-[...117 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...3938 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...3 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A54EDC"/>
-[...1334 lines deleted...]
-    <w:rsid w:val="00FF63E8"/>
+    <w:rsidRoot w:val="00550FC9"/>
+    <w:rsid w:val="00070CD6"/>
+    <w:rsid w:val="00286DF0"/>
+    <w:rsid w:val="002968AE"/>
+    <w:rsid w:val="00550FC9"/>
+    <w:rsid w:val="006F3F26"/>
+    <w:rsid w:val="007E1165"/>
+    <w:rsid w:val="008D6F06"/>
+    <w:rsid w:val="008F1538"/>
+    <w:rsid w:val="00DD107B"/>
+    <w:rsid w:val="00EF2916"/>
+    <w:rsid w:val="00FE0A26"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-CO" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="45FA634A"/>
-  <w15:docId w15:val="{C754F0DD-4E40-4C6A-BAFC-FEEB24D6DE50}"/>
+  <w14:docId w14:val="74DA3415"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{2CA37C6B-020D-4A99-970E-CD308225F478}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="es-CO" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8335,51 +7202,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -8448,50 +7315,59 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -8547,1167 +7423,511 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA0E52"/>
+    <w:rsid w:val="00550FC9"/>
     <w:pPr>
-      <w:spacing w:before="120"/>
+      <w:spacing w:before="120" w:after="200" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...130 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
-[...28 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A54EDC"/>
+    <w:rsid w:val="00550FC9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A54EDC"/>
+    <w:rsid w:val="00550FC9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A54EDC"/>
+    <w:rsid w:val="00550FC9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A54EDC"/>
-[...101 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00550FC9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D61AC2"/>
+    <w:rsid w:val="00550FC9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...224 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="es-CO"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00A92109"/>
+    <w:rsid w:val="00550FC9"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:kern w:val="0"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...170 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/data-curation/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/project-administration/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/visualization/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/conceptualization/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/methodology/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/validation/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/supervision/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/writing-review-editing/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/investigation/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/software/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/funding-acquisition/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/writing-original-draft/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/formal-analysis/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/contributor-roles/resources/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>331</Words>
-  <Characters>1825</Characters>
+  <Words>840</Words>
+  <Characters>4622</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2152</CharactersWithSpaces>
+  <CharactersWithSpaces>5452</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>user</dc:creator>
+  <dc:subject/>
+  <dc:creator>daniel</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>